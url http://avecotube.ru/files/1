--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -1,1415 +1,914 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27231"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="4" rupBuild="9302"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A51E3A2-4A53-40C3-B2AA-8D19C96653C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-60" windowWidth="29040" windowHeight="15780"/>
   </bookViews>
   <sheets>
-    <sheet name="по диаметру" sheetId="2" r:id="rId1"/>
-    <sheet name="Лист3" sheetId="3" r:id="rId2"/>
+    <sheet name="633-80 - 632-80" sheetId="2" r:id="rId1"/>
+    <sheet name="31446-2017" sheetId="3" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="181029"/>
+  <calcPr calcId="144525" refMode="R1C1"/>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F236" i="3" l="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="633" uniqueCount="297">
-[...5 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1278" uniqueCount="113">
   <si>
     <t>ИТОГО</t>
-  </si>
-[...25 lines deleted...]
-    <t>Труба  г/к  d273,05х13,84 гр.Д-Р110</t>
   </si>
   <si>
     <t>№П/П</t>
   </si>
   <si>
-    <t>НАИМЕНОВАНИЕ ПРОДУКЦИИ</t>
-[...1 lines deleted...]
-  <si>
     <t>КОЛ-ВО                              ТН</t>
-  </si>
-[...10 lines deleted...]
-    <t>Труба г/к  d127х9,19мм, гр. Д</t>
   </si>
   <si>
     <t>ДОГОВОРНАЯ</t>
   </si>
   <si>
-    <t>НАЛИЧИЕ И СТОИМОСТЬ ПРОДУКЦИИ УТОЧНЯТЬ ПО  E-mail: tdaveco@mail.ru</t>
+    <t>ГОСТ</t>
   </si>
   <si>
-    <t>Общество с ограниченной ответственностью Завод «АВЕКО»</t>
+    <t>ЦЕНА ЗА ТН                       С НДС</t>
   </si>
   <si>
-    <t>ЦЕНА ЗА ТН          С НДС</t>
+    <t xml:space="preserve">Труба г/к НКВ </t>
   </si>
   <si>
-    <t>Труба-заготовка г/к  d76х18, гр.Д</t>
+    <t>Д</t>
   </si>
   <si>
-    <t>Труба г/к  d140х10</t>
+    <t>Е</t>
   </si>
   <si>
-    <t>Труба г/к  d140х11</t>
+    <t>К</t>
   </si>
   <si>
-    <t>Муфта НКТ d102мм, гр. Д -N80  Q</t>
+    <t>Л</t>
   </si>
   <si>
-    <t>Муфта НКТ d89мм, гр. Д -N80  Q</t>
+    <t>М</t>
   </si>
   <si>
-    <t>Муфта НКВ d89мм, гр. Д -N80  Q</t>
+    <t>L80</t>
   </si>
   <si>
-    <t>Муфта НКТ d 48мм, гр. Д -N80  Q</t>
+    <t>Р110</t>
   </si>
   <si>
-    <t>Муфта ОТТГ d127мм, гр.Е</t>
+    <t>N80</t>
   </si>
   <si>
-    <t>Муфта БТС d140мм,  гр. Д -N80  Q</t>
+    <t>Р</t>
   </si>
   <si>
-    <t>Муфта ОТТМ d140мм,  гр. Д -N80  Q</t>
+    <t>R95</t>
   </si>
   <si>
-    <t>Муфта ОТТМ d146мм,  гр. Д -N80  Q</t>
+    <t>Q125</t>
   </si>
   <si>
-    <t>МУФТА</t>
+    <t>C90</t>
   </si>
   <si>
-    <t>Трубы НКТ ГОСТ 633-80, 89х6,45мм, гр.Л</t>
+    <t>J55</t>
   </si>
   <si>
-    <t>Труба заготовка  г/к  d93х14, гр.Д-Р110</t>
+    <t>В</t>
   </si>
   <si>
-    <t>Муфта НКТ d 33мм, гр. Д - М</t>
+    <t xml:space="preserve">Труба г/к НКВ/НКТ </t>
   </si>
   <si>
-    <t>Муфта ОТТГ d146мм,  гр. Д -N80  Q</t>
+    <t>оцинкованные</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d108х15, гр.Л, L=930мм</t>
+    <t xml:space="preserve">S </t>
   </si>
   <si>
-    <t>Муфты обсадные d426 гр.Д</t>
+    <t>С90 тип1</t>
   </si>
   <si>
-    <t xml:space="preserve">Муфта ОТТГ d168 мм, гр. Д  </t>
+    <t xml:space="preserve">ТР90S R3 </t>
   </si>
   <si>
-    <t>Муфта ОТТМ d114мм, гр.М</t>
+    <t>Прим.</t>
   </si>
   <si>
-    <t>Муфта НКТ d114мм, гр.М</t>
+    <t>дл. 8500мм</t>
   </si>
   <si>
-    <t>Муфта НКМ d114мм, гр.Е</t>
+    <t xml:space="preserve">Труба S НКТ </t>
   </si>
   <si>
-    <t>Трубная заготовка  d190х24 PSL-1 , К55</t>
+    <t xml:space="preserve">Труба НКТ </t>
   </si>
   <si>
-    <t>Трубная заготовка  d203х25, гр. К55</t>
+    <t xml:space="preserve"> L=280мм,</t>
   </si>
   <si>
-    <t>Труба г/к НКТ d60х5 ГОСТ 633-80, гр.Л</t>
+    <t xml:space="preserve"> L=1050</t>
   </si>
   <si>
-    <t>Труба г/к НКВ d60х5 ГОСТ 633-80, гр. Е/ N80 Q</t>
+    <t xml:space="preserve"> L=190</t>
   </si>
   <si>
-    <t>Труба г/к  d273х27 мм, гр.N80Q</t>
+    <t>БТС</t>
   </si>
   <si>
-    <t>Труба г/к  d273х30 мм, гр.Р110</t>
+    <t>L=4300мм</t>
   </si>
   <si>
-    <t>Труба НКТ ГОСТ 633-80, 89х6,5, гр.пр. М, исп. А</t>
+    <t>L=3500мм</t>
   </si>
   <si>
-    <t>Трубы заготовка г/к d190х24, гр.L80</t>
+    <t xml:space="preserve">L=225мм -246шт </t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d194,5х26,  гр. R95</t>
+    <t>S 177,8</t>
   </si>
   <si>
-    <t>Трубы заготовка г/к d190х24, гр. К55</t>
+    <t>Диаметр</t>
   </si>
   <si>
-    <t>Трубная заготовка  d203,5х26, гр. J55</t>
+    <t>Стенка</t>
   </si>
   <si>
-    <t>Труба-заготовка г/к  d73х11, гр. М</t>
+    <t>Группа</t>
   </si>
   <si>
-    <t>Труба ГОСТ 633-80  d245х8,9,БТС, гр. Е</t>
+    <t>НКВ</t>
   </si>
   <si>
-    <t>Труба ГОСТ 633-80  d324х9,5 ОТТМ, гр. Д</t>
+    <t xml:space="preserve"> L=445-870мм</t>
   </si>
   <si>
-    <t>Труба г/к  d244,48х11,99, гр.Р110</t>
+    <t xml:space="preserve"> L=1200мм</t>
   </si>
   <si>
-    <t>Труба г/к d168х24 гр. Р110</t>
+    <t xml:space="preserve"> L=1220мм</t>
   </si>
   <si>
-    <t>Труба г/к НКТ d60х5 ГОСТ 633-80, гр.Е</t>
+    <t>сварная</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d 57х8, гр.Д</t>
+    <t>L=3400мм</t>
   </si>
   <si>
-    <t>Труба заготовка г/к d89х13, гр. М</t>
+    <t>L=930мм</t>
   </si>
   <si>
-    <t>Круг 30ХМА 65мм</t>
+    <t>L=890мм</t>
   </si>
   <si>
-    <t>Труба г/к  d102х12, гр. Е</t>
+    <t>L=815мм</t>
   </si>
   <si>
-    <t>Труба г/к  d102х14, гр. Е</t>
+    <t>Т95</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d159х18, гр.М</t>
+    <t xml:space="preserve"> L=995-1335мм</t>
   </si>
   <si>
-    <t>Труба ГОСТ 633-80, 73х7, гр.Е, без муфт</t>
+    <t xml:space="preserve"> L=640-760мм</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d194,5х18 гр. К</t>
+    <t xml:space="preserve"> L=185-235мм</t>
   </si>
   <si>
-    <t>Муфта БТС d114,3мм, гр.М/Р110</t>
+    <t xml:space="preserve"> L=1250мм</t>
   </si>
   <si>
-    <t>Труба ГОСТ 633-80, 73х7, гр.К</t>
+    <t xml:space="preserve"> L=1280-1600мм</t>
   </si>
   <si>
-    <t>Труба г/к  d102х10, гр. Д</t>
+    <t xml:space="preserve"> L=540-960мм</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d146х28, ГОСТ 8732-78, ст. 30ХГСА, гр.М</t>
+    <t>Д ОТТГ</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d146х20, ГОСТ 8732-78, ст. 40Х, гр.М</t>
+    <t>L=223мм</t>
   </si>
   <si>
-    <t>Труба ГОСТ 632-80 d245х10, ОТТМ, гр.М</t>
+    <t>L=400мм</t>
   </si>
   <si>
-    <t>Труба-заготовка г/к  d 127х16, гр.М</t>
+    <t>L=337-1350мм</t>
   </si>
   <si>
-    <t>Труба d426х11 гр. Д</t>
+    <t>L=250-900мм</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d114х25</t>
+    <t>L=225-1130мм</t>
   </si>
   <si>
-    <t>Муфта НКТ d 60мм, гр. К72</t>
+    <t>633-80</t>
   </si>
   <si>
-    <t>Муфта НКМ d 60мм, гр. Е</t>
+    <t>632-80</t>
   </si>
   <si>
-    <t>Муфта НКТ d 60мм, гр. С90</t>
+    <t>31446-2017</t>
   </si>
   <si>
-    <t xml:space="preserve">Муфта НКТН 73мм, N80, тип Q, PSL-2 </t>
+    <t>ст. 30ХГСА</t>
   </si>
   <si>
-    <t>Труба г/к  d 57х12  гр. Д, L=95мм</t>
+    <t>Ст.45</t>
   </si>
   <si>
-    <t>Труба г/к  d 57х12  гр. М, L=1000мм</t>
+    <t>40ХН2МА</t>
   </si>
   <si>
-    <t>Труба заготовка г/к d89х13, гр. М, L=445-870мм</t>
+    <t>22ГФБ</t>
   </si>
   <si>
-    <t>Труба заготовка  г/к  d93,2х13, гр. М, L=1140мм</t>
+    <t xml:space="preserve"> Е</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d95х24, гр.М, L=1220мм</t>
+    <t>С95 тип 13СrS ХЛ</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d114х25, гр. М, L=930мм</t>
+    <t>С110PSL-1</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d114х25, гр. М, L=815мм</t>
+    <t>ст.45</t>
   </si>
   <si>
-    <t>Труба г/к  d114х30, гр. М, L=1225мм</t>
+    <t>без резьбы и муфт</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d159х24, ГОСТ 8732-78, гр. М, L=1140мм</t>
+    <t>09Г2С</t>
   </si>
   <si>
-    <t>Трубная заготовка  d190х24  гр.М, L=730-1195мм</t>
+    <t>ст. 30Х</t>
   </si>
   <si>
-    <t>Труба ГОСТ 633-80  d245х8,9, гр. Д</t>
+    <t xml:space="preserve">М </t>
   </si>
   <si>
-    <t>Труба заготовка  г/к  d93,2х13, гр. Е</t>
+    <t>L=950мм</t>
   </si>
   <si>
-    <t>Труба ГОСТ 8732-78, d83х14, гр. М</t>
+    <t xml:space="preserve">L=950мм </t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d133х32, гр.М</t>
+    <t>L=940мм</t>
   </si>
   <si>
-    <t>Труба г/к НКТ d60х5 ГОСТ 633-80, гр.Е, L=6000-10000мм</t>
+    <t xml:space="preserve">Д </t>
   </si>
   <si>
-    <t xml:space="preserve">Трубы обсадные ГОСТ 632-80, d324х11, гр.Е, ОТТМ   </t>
+    <t>L=95мм</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d33х3,5, ГОСТ 633-80, гр. Д</t>
+    <t xml:space="preserve"> L=1000мм</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d33х3,5, ГОСТ 633-80, гр. Е</t>
+    <t xml:space="preserve">Е </t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d33х3,5, ГОСТ 633-80, гр. К</t>
+    <t>L=6000-10000мм</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d42х3,5, ГОСТ 633-80, гр. Д</t>
+    <t xml:space="preserve"> без муфт</t>
   </si>
   <si>
-    <t>Труба г/к  НКВ d42,2х3,5, ГОСТ 633-80, гр. Е</t>
+    <t xml:space="preserve">  L=945мм</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d42х3,5, ГОСТ 633-80, гр. Д-N80</t>
+    <t>L=115-4960мм</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d42х3,5, ГОСТ 633-80, гр. Л</t>
+    <t>ОТТМ</t>
   </si>
   <si>
-    <t>Труба г/к  d42х8, ГОСТ 633-80, гр.М, L=950мм</t>
+    <t>К55/К72</t>
   </si>
   <si>
-    <t xml:space="preserve">Труба г/к  d42х8, ГОСТ 633-80, гр.М, L=950мм </t>
+    <t>ОТТГ</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d42х3,5, ГОСТ 633-80, гр.Е</t>
+    <t>S</t>
   </si>
   <si>
-    <t>Труба г/к  d48х4, ГОСТ 633-80, гр. М</t>
+    <t>632-81</t>
   </si>
   <si>
-    <t>Труба г/к НКТ d48х4, ГОСТ 633-80, гр.Е</t>
+    <t>ст.20</t>
   </si>
   <si>
-    <t>Труба г/к  d48х4, ГОСТ 633-80, гр. Л</t>
+    <t>ст. 40Х</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d 57х8, гр. К</t>
+    <t>С95/13Сr</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d 57х8, гр. М</t>
+    <t>Диам.</t>
   </si>
   <si>
-    <t>Труба заготовка г/к  d 57х8, гр. М, L=940мм</t>
+    <t>№П</t>
   </si>
   <si>
-    <t>Труба ГОСТ 8732-78, 57х10, L=1050мм, гр.Д- Р110</t>
+    <t>BC</t>
   </si>
   <si>
-    <t>Труба г/к d60х5, ГОСТ 633-80, гр.М</t>
+    <t>Пр.</t>
   </si>
   <si>
-    <t>Труба г/к  d73х5,5, ГОСТ 633-80, гр. Д- Е</t>
+    <t>э/с</t>
   </si>
   <si>
-    <t xml:space="preserve">Труба г/к  НКТ d73х5,5, ГОСТ 633-80, гр.Д </t>
+    <t>оттм</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d73х5,5, ГОСТ 633-80, гр.М</t>
+    <t>ц</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d73х5,5, ГОСТ 633-80, гр.Р-110</t>
+    <t>С110</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d73х5,5, ГОСТ 633-80, гр. Е</t>
+    <t>30ХГСА</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d73х5,5, ГОСТ 633-80, гр. L80</t>
+    <t xml:space="preserve">С90 </t>
   </si>
   <si>
-    <t>Труба г/к  НКВ d73х5,5, ГОСТ 633-80, гр. Е</t>
+    <t>ТР90</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d73х5,5, ГОСТ 633-80, гр. М</t>
+    <t xml:space="preserve"> 30ХГСА</t>
   </si>
   <si>
-    <t>Труба г/к  НКТ d73х5,5, ГОСТ 633-80, гр. К</t>
+    <t>ЦЕНА ЗА 1ТН С НДС/ ПАРТ. ОТ 60ТН</t>
   </si>
   <si>
-    <t>Труба г/к НКВ 73,02х5,51, ГОСТ 633-80, гр. L80</t>
+    <t>ЦЕНА ЗА 1ТН С НДС/ ПАРТ. ОТ 80ТН</t>
   </si>
   <si>
-    <t>Труба г/к НКТ 73х5,5, ГОСТ 633-80, гр.L80</t>
+    <t>СПЕЦПРЕДЛОЖЕНИЕ/САМОВЫВОЗ/ВАЙНЕРА 2Б, Г.ПЕРВОУРАЛЬСК</t>
   </si>
   <si>
-    <t>Труба г/к НКТ 73х5,5, ГОСТ 633-80, гр.C90</t>
-[...503 lines deleted...]
-    <t>Труба обсадная г/к  d140х7,7, ГОСТ 632-80, гр. Л/ R95</t>
+    <t>ЦЕНА ЗА ТН                       С НДС/ ПАРТ. ОТ 20ТН</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
-    <numFmt numFmtId="165" formatCode="0.000"/>
+    <numFmt numFmtId="164" formatCode="0.000"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...38 lines deleted...]
-      <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF92D050"/>
-[...5 lines deleted...]
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right style="thin">
+      <left style="thin">
         <color indexed="64"/>
-      </right>
+      </left>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...14 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="78">
+  <cellXfs count="87">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...8 lines deleted...]
-      <alignment horizontal="center"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...39 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1437,51 +936,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1613,5585 +1112,14073 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H329"/>
+  <dimension ref="A1:K249"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A151" workbookViewId="0">
-      <selection activeCell="F173" sqref="F173"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E7" sqref="E7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="76.85546875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="26" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="6.140625" style="15" customWidth="1"/>
+    <col min="2" max="2" width="7.5703125" style="15" customWidth="1"/>
+    <col min="3" max="3" width="8.140625" style="15" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" style="31" customWidth="1"/>
+    <col min="5" max="5" width="6.7109375" style="15" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" style="15" customWidth="1"/>
+    <col min="7" max="7" width="2.85546875" style="15" customWidth="1"/>
+    <col min="8" max="8" width="13.85546875" style="15" customWidth="1"/>
+    <col min="9" max="9" width="13" style="15" customWidth="1"/>
+    <col min="10" max="10" width="12.28515625" customWidth="1"/>
+    <col min="11" max="11" width="12.7109375" customWidth="1"/>
+    <col min="12" max="22" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="67" t="s">
+    <row r="1" spans="1:11" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="33" t="s">
+        <v>98</v>
+      </c>
+      <c r="B1" s="33" t="s">
+        <v>97</v>
+      </c>
+      <c r="C1" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="E1" s="33" t="s">
+        <v>100</v>
+      </c>
+      <c r="F1" s="84" t="s">
+        <v>2</v>
+      </c>
+      <c r="G1" s="85"/>
+      <c r="H1" s="34" t="s">
+        <v>4</v>
+      </c>
+      <c r="I1" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="J1" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="K1" s="86" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="16">
+        <v>1</v>
+      </c>
+      <c r="B2" s="42">
+        <v>33</v>
+      </c>
+      <c r="C2" s="42">
+        <v>3.5</v>
+      </c>
+      <c r="D2" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E2" s="43"/>
+      <c r="F2" s="63">
+        <v>2.7549999999999999</v>
+      </c>
+      <c r="G2" s="63"/>
+      <c r="H2" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I2" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J2" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K2" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="16">
+        <v>2</v>
+      </c>
+      <c r="B3" s="42">
+        <v>33</v>
+      </c>
+      <c r="C3" s="42">
+        <v>3.5</v>
+      </c>
+      <c r="D3" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" s="43"/>
+      <c r="F3" s="63">
+        <v>10.76</v>
+      </c>
+      <c r="G3" s="63"/>
+      <c r="H3" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I3" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J3" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K3" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="16">
+        <v>3</v>
+      </c>
+      <c r="B4" s="47">
+        <v>33</v>
+      </c>
+      <c r="C4" s="47">
+        <v>3.5</v>
+      </c>
+      <c r="D4" s="47" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" s="43"/>
+      <c r="F4" s="64">
+        <v>1.7350000000000001</v>
+      </c>
+      <c r="G4" s="64"/>
+      <c r="H4" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I4" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J4" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K4" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="16">
+        <v>4</v>
+      </c>
+      <c r="B5" s="47">
+        <v>33</v>
+      </c>
+      <c r="C5" s="47">
+        <v>3.5</v>
+      </c>
+      <c r="D5" s="47" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="43"/>
+      <c r="F5" s="64">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="G5" s="64"/>
+      <c r="H5" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I5" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J5" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K5" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="16">
+        <v>5</v>
+      </c>
+      <c r="B6" s="47">
+        <v>33</v>
+      </c>
+      <c r="C6" s="47">
+        <v>3.5</v>
+      </c>
+      <c r="D6" s="47" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" s="43"/>
+      <c r="F6" s="64">
+        <v>8.8699999999999992</v>
+      </c>
+      <c r="G6" s="64"/>
+      <c r="H6" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I6" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J6" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K6" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="16">
+        <v>6</v>
+      </c>
+      <c r="B7" s="48">
+        <v>42.2</v>
+      </c>
+      <c r="C7" s="48">
+        <v>3.5</v>
+      </c>
+      <c r="D7" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" s="63">
+        <v>1.6439999999999999</v>
+      </c>
+      <c r="G7" s="63"/>
+      <c r="H7" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I7" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J7" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K7" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="16">
+        <v>7</v>
+      </c>
+      <c r="B8" s="42">
+        <v>42</v>
+      </c>
+      <c r="C8" s="42">
+        <v>3.5</v>
+      </c>
+      <c r="D8" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="43"/>
+      <c r="F8" s="63">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="G8" s="63"/>
+      <c r="H8" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I8" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J8" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K8" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="16">
+        <v>8</v>
+      </c>
+      <c r="B9" s="42">
+        <v>42</v>
+      </c>
+      <c r="C9" s="42">
+        <v>3.5</v>
+      </c>
+      <c r="D9" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" s="43"/>
+      <c r="F9" s="63">
+        <v>15.268000000000001</v>
+      </c>
+      <c r="G9" s="63"/>
+      <c r="H9" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I9" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J9" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K9" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="16">
+        <v>9</v>
+      </c>
+      <c r="B10" s="42">
+        <v>42</v>
+      </c>
+      <c r="C10" s="42">
+        <v>3.5</v>
+      </c>
+      <c r="D10" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="43"/>
+      <c r="F10" s="63">
+        <v>2.649</v>
+      </c>
+      <c r="G10" s="63"/>
+      <c r="H10" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I10" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J10" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K10" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="16">
+        <v>10</v>
+      </c>
+      <c r="B11" s="42">
+        <v>42</v>
+      </c>
+      <c r="C11" s="42">
+        <v>3.5</v>
+      </c>
+      <c r="D11" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" s="43"/>
+      <c r="F11" s="63">
+        <v>5.2850000000000001</v>
+      </c>
+      <c r="G11" s="63"/>
+      <c r="H11" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I11" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J11" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K11" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="16">
+        <v>11</v>
+      </c>
+      <c r="B12" s="42">
+        <v>42</v>
+      </c>
+      <c r="C12" s="42">
+        <v>3.5</v>
+      </c>
+      <c r="D12" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="43"/>
+      <c r="F12" s="63">
+        <v>2.63</v>
+      </c>
+      <c r="G12" s="63"/>
+      <c r="H12" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I12" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J12" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K12" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="16">
+        <v>12</v>
+      </c>
+      <c r="B13" s="47">
+        <v>42</v>
+      </c>
+      <c r="C13" s="47">
+        <v>8</v>
+      </c>
+      <c r="D13" s="47" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" s="43"/>
+      <c r="F13" s="64">
+        <v>0.53</v>
+      </c>
+      <c r="G13" s="64"/>
+      <c r="H13" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I13" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J13" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K13" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="16">
+        <v>13</v>
+      </c>
+      <c r="B14" s="47">
+        <v>42</v>
+      </c>
+      <c r="C14" s="47">
+        <v>8</v>
+      </c>
+      <c r="D14" s="47" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" s="43"/>
+      <c r="F14" s="64">
+        <v>3.294</v>
+      </c>
+      <c r="G14" s="64"/>
+      <c r="H14" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I14" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J14" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K14" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="16">
+        <v>14</v>
+      </c>
+      <c r="B15" s="42">
+        <v>42</v>
+      </c>
+      <c r="C15" s="42">
+        <v>3.5</v>
+      </c>
+      <c r="D15" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E15" s="43"/>
+      <c r="F15" s="64">
+        <v>11.192</v>
+      </c>
+      <c r="G15" s="64"/>
+      <c r="H15" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I15" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="J15" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K15" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="16">
+        <v>15</v>
+      </c>
+      <c r="B16" s="47">
+        <v>48</v>
+      </c>
+      <c r="C16" s="47">
+        <v>4</v>
+      </c>
+      <c r="D16" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="43"/>
+      <c r="F16" s="64">
+        <v>3.202</v>
+      </c>
+      <c r="G16" s="64"/>
+      <c r="H16" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I16" s="46">
+        <v>280000</v>
+      </c>
+      <c r="J16" s="46">
+        <v>220000</v>
+      </c>
+      <c r="K16" s="46">
+        <v>210000</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="16">
+        <v>16</v>
+      </c>
+      <c r="B17" s="42">
+        <v>48</v>
+      </c>
+      <c r="C17" s="42">
+        <v>4</v>
+      </c>
+      <c r="D17" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" s="43"/>
+      <c r="F17" s="63">
+        <v>19.283999999999999</v>
+      </c>
+      <c r="G17" s="63"/>
+      <c r="H17" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I17" s="45">
+        <v>265000</v>
+      </c>
+      <c r="J17" s="46">
+        <v>255000</v>
+      </c>
+      <c r="K17" s="46">
+        <v>245000</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="16">
+        <v>17</v>
+      </c>
+      <c r="B18" s="50">
+        <v>57</v>
+      </c>
+      <c r="C18" s="50">
+        <v>8</v>
+      </c>
+      <c r="D18" s="50" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="43"/>
+      <c r="F18" s="64">
+        <v>15.430999999999999</v>
+      </c>
+      <c r="G18" s="64"/>
+      <c r="H18" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I18" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J18" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K18" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="16">
+        <v>18</v>
+      </c>
+      <c r="B19" s="50">
+        <v>57</v>
+      </c>
+      <c r="C19" s="50">
+        <v>8</v>
+      </c>
+      <c r="D19" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="43"/>
+      <c r="F19" s="64">
+        <v>4.6639999999999997</v>
+      </c>
+      <c r="G19" s="64"/>
+      <c r="H19" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I19" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J19" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K19" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="16">
+        <v>19</v>
+      </c>
+      <c r="B20" s="50">
+        <v>57</v>
+      </c>
+      <c r="C20" s="50">
+        <v>8</v>
+      </c>
+      <c r="D20" s="50" t="s">
+        <v>77</v>
+      </c>
+      <c r="E20" s="43" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" s="64">
+        <v>0.1</v>
+      </c>
+      <c r="G20" s="64"/>
+      <c r="H20" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I20" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J20" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K20" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="16">
+        <v>20</v>
+      </c>
+      <c r="B21" s="50">
+        <v>57</v>
+      </c>
+      <c r="C21" s="50">
+        <v>8</v>
+      </c>
+      <c r="D21" s="50" t="s">
+        <v>7</v>
+      </c>
+      <c r="E21" s="43"/>
+      <c r="F21" s="64">
+        <v>1.07</v>
+      </c>
+      <c r="G21" s="64"/>
+      <c r="H21" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I21" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J21" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K21" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="16">
         <v>21</v>
       </c>
-      <c r="B1" s="67"/>
-[...6 lines deleted...]
-      <c r="A2" s="68" t="s">
+      <c r="B22" s="47">
+        <v>57</v>
+      </c>
+      <c r="C22" s="47">
+        <v>10</v>
+      </c>
+      <c r="D22" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="43"/>
+      <c r="F22" s="64">
+        <v>1.325</v>
+      </c>
+      <c r="G22" s="64"/>
+      <c r="H22" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I22" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J22" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K22" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="16">
+        <v>22</v>
+      </c>
+      <c r="B23" s="49">
+        <v>57</v>
+      </c>
+      <c r="C23" s="49">
+        <v>12</v>
+      </c>
+      <c r="D23" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="E23" s="43"/>
+      <c r="F23" s="64">
+        <v>0.22</v>
+      </c>
+      <c r="G23" s="64"/>
+      <c r="H23" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I23" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J23" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K23" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="16">
+        <v>23</v>
+      </c>
+      <c r="B24" s="49">
+        <v>57</v>
+      </c>
+      <c r="C24" s="49">
+        <v>12</v>
+      </c>
+      <c r="D24" s="49" t="s">
+        <v>77</v>
+      </c>
+      <c r="E24" s="43"/>
+      <c r="F24" s="64">
+        <v>0.318</v>
+      </c>
+      <c r="G24" s="64"/>
+      <c r="H24" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I24" s="46">
+        <v>100000</v>
+      </c>
+      <c r="J24" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K24" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="16">
+        <v>24</v>
+      </c>
+      <c r="B25" s="51">
+        <v>60</v>
+      </c>
+      <c r="C25" s="51">
+        <v>5</v>
+      </c>
+      <c r="D25" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="43"/>
+      <c r="F25" s="64">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="G25" s="64"/>
+      <c r="H25" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I25" s="52">
+        <v>190000</v>
+      </c>
+      <c r="J25" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K25" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="16">
+        <v>25</v>
+      </c>
+      <c r="B26" s="51">
+        <v>60</v>
+      </c>
+      <c r="C26" s="51">
+        <v>5</v>
+      </c>
+      <c r="D26" s="51" t="s">
+        <v>84</v>
+      </c>
+      <c r="E26" s="43"/>
+      <c r="F26" s="64">
+        <v>0.32500000000000001</v>
+      </c>
+      <c r="G26" s="64"/>
+      <c r="H26" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I26" s="52">
+        <v>180000</v>
+      </c>
+      <c r="J26" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K26" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="16">
+        <v>26</v>
+      </c>
+      <c r="B27" s="49">
+        <v>60</v>
+      </c>
+      <c r="C27" s="49">
+        <v>5</v>
+      </c>
+      <c r="D27" s="49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" s="43"/>
+      <c r="F27" s="64">
+        <v>0.14199999999999999</v>
+      </c>
+      <c r="G27" s="64"/>
+      <c r="H27" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I27" s="46">
+        <v>185000</v>
+      </c>
+      <c r="J27" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K27" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="16">
+        <v>27</v>
+      </c>
+      <c r="B28" s="50">
+        <v>73</v>
+      </c>
+      <c r="C28" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D28" s="50" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" s="43"/>
+      <c r="F28" s="67">
+        <v>68.816000000000003</v>
+      </c>
+      <c r="G28" s="67"/>
+      <c r="H28" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I28" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J28" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K28" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="16">
+        <v>28</v>
+      </c>
+      <c r="B29" s="50">
+        <v>73</v>
+      </c>
+      <c r="C29" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D29" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" s="43"/>
+      <c r="F29" s="64">
+        <v>1.845</v>
+      </c>
+      <c r="G29" s="64"/>
+      <c r="H29" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I29" s="46">
+        <v>150000</v>
+      </c>
+      <c r="J29" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K29" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="16">
+        <v>29</v>
+      </c>
+      <c r="B30" s="50">
+        <v>73</v>
+      </c>
+      <c r="C30" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D30" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="E30" s="43"/>
+      <c r="F30" s="64">
+        <v>0.308</v>
+      </c>
+      <c r="G30" s="64"/>
+      <c r="H30" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I30" s="49"/>
+      <c r="J30" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K30" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="16">
+        <v>30</v>
+      </c>
+      <c r="B31" s="50">
+        <v>73</v>
+      </c>
+      <c r="C31" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D31" s="50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="43"/>
+      <c r="F31" s="63">
+        <v>0.26</v>
+      </c>
+      <c r="G31" s="63"/>
+      <c r="H31" s="41" t="s">
+        <v>65</v>
+      </c>
+      <c r="I31" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J31" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K31" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="16">
+        <v>31</v>
+      </c>
+      <c r="B32" s="50">
+        <v>73</v>
+      </c>
+      <c r="C32" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D32" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="E32" s="43" t="s">
         <v>20</v>
       </c>
-      <c r="B2" s="69"/>
-[...6 lines deleted...]
-      <c r="A3" s="1" t="s">
+      <c r="F32" s="64">
+        <v>33.814999999999998</v>
+      </c>
+      <c r="G32" s="64"/>
+      <c r="H32" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I32" s="46">
+        <v>150000</v>
+      </c>
+      <c r="J32" s="46">
+        <v>130000</v>
+      </c>
+      <c r="K32" s="46">
+        <v>120000</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="16">
+        <v>32</v>
+      </c>
+      <c r="B33" s="50">
+        <v>73</v>
+      </c>
+      <c r="C33" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D33" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" s="43"/>
+      <c r="F33" s="64">
+        <v>1.5049999999999999</v>
+      </c>
+      <c r="G33" s="64"/>
+      <c r="H33" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I33" s="52">
+        <v>156000</v>
+      </c>
+      <c r="J33" s="46">
+        <v>130000</v>
+      </c>
+      <c r="K33" s="46">
+        <v>120000</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="16">
+        <v>33</v>
+      </c>
+      <c r="B34" s="50">
+        <v>73</v>
+      </c>
+      <c r="C34" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D34" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="E34" s="43"/>
+      <c r="F34" s="64">
+        <v>13.895</v>
+      </c>
+      <c r="G34" s="64"/>
+      <c r="H34" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I34" s="51"/>
+      <c r="J34" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K34" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="16">
+        <v>34</v>
+      </c>
+      <c r="B35" s="50">
+        <v>73</v>
+      </c>
+      <c r="C35" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D35" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="E35" s="43"/>
+      <c r="F35" s="64">
+        <v>52.427</v>
+      </c>
+      <c r="G35" s="64"/>
+      <c r="H35" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I35" s="51"/>
+      <c r="J35" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K35" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="16">
+        <v>35</v>
+      </c>
+      <c r="B36" s="50">
+        <v>73</v>
+      </c>
+      <c r="C36" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D36" s="50" t="s">
+        <v>9</v>
+      </c>
+      <c r="E36" s="43"/>
+      <c r="F36" s="64">
+        <v>16.52</v>
+      </c>
+      <c r="G36" s="64"/>
+      <c r="H36" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I36" s="52">
+        <v>115000</v>
+      </c>
+      <c r="J36" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K36" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="16">
+        <v>36</v>
+      </c>
+      <c r="B37" s="50">
+        <v>73</v>
+      </c>
+      <c r="C37" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D37" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" s="43"/>
+      <c r="F37" s="64">
+        <v>0.16500000000000001</v>
+      </c>
+      <c r="G37" s="64"/>
+      <c r="H37" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I37" s="51"/>
+      <c r="J37" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K37" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="16">
+        <v>37</v>
+      </c>
+      <c r="B38" s="50">
+        <v>73</v>
+      </c>
+      <c r="C38" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D38" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="E38" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F38" s="64">
+        <v>33.814999999999998</v>
+      </c>
+      <c r="G38" s="64"/>
+      <c r="H38" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I38" s="51"/>
+      <c r="J38" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K38" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="16">
+        <v>38</v>
+      </c>
+      <c r="B39" s="47">
+        <v>73.02</v>
+      </c>
+      <c r="C39" s="47">
+        <v>5.51</v>
+      </c>
+      <c r="D39" s="47" t="s">
         <v>12</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="E39" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" s="64">
+        <v>19.489000000000001</v>
+      </c>
+      <c r="G39" s="64"/>
+      <c r="H39" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="I39" s="46">
+        <v>166000</v>
+      </c>
+      <c r="J39" s="46">
+        <v>140000</v>
+      </c>
+      <c r="K39" s="46">
+        <v>125000</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="16">
+        <v>39</v>
+      </c>
+      <c r="B40" s="50">
+        <v>73</v>
+      </c>
+      <c r="C40" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D40" s="50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="43" t="s">
+        <v>6</v>
+      </c>
+      <c r="F40" s="64">
+        <v>16.209</v>
+      </c>
+      <c r="G40" s="64"/>
+      <c r="H40" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="I40" s="49"/>
+      <c r="J40" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K40" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="16">
+        <v>40</v>
+      </c>
+      <c r="B41" s="50">
+        <v>73</v>
+      </c>
+      <c r="C41" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D41" s="50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="43"/>
+      <c r="F41" s="64">
+        <v>5.99</v>
+      </c>
+      <c r="G41" s="64"/>
+      <c r="H41" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="I41" s="52">
+        <v>160000</v>
+      </c>
+      <c r="J41" s="46">
+        <v>120000</v>
+      </c>
+      <c r="K41" s="46">
+        <v>110000</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="16">
+        <v>42</v>
+      </c>
+      <c r="B42" s="50">
+        <v>73</v>
+      </c>
+      <c r="C42" s="50">
+        <v>5.5</v>
+      </c>
+      <c r="D42" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="E42" s="43"/>
+      <c r="F42" s="64">
+        <v>2.2730000000000001</v>
+      </c>
+      <c r="G42" s="64"/>
+      <c r="H42" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="I42" s="52">
+        <v>180000</v>
+      </c>
+      <c r="J42" s="46">
+        <v>160000</v>
+      </c>
+      <c r="K42" s="46">
+        <v>130000</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="16">
+        <v>43</v>
+      </c>
+      <c r="B43" s="51">
+        <v>73</v>
+      </c>
+      <c r="C43" s="51">
+        <v>7</v>
+      </c>
+      <c r="D43" s="51" t="s">
+        <v>8</v>
+      </c>
+      <c r="E43" s="43"/>
+      <c r="F43" s="64">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="G43" s="64"/>
+      <c r="H43" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I43" s="52">
+        <v>115000</v>
+      </c>
+      <c r="J43" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K43" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="16">
+        <v>44</v>
+      </c>
+      <c r="B44" s="51">
+        <v>73</v>
+      </c>
+      <c r="C44" s="51">
+        <v>7</v>
+      </c>
+      <c r="D44" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" s="43"/>
+      <c r="F44" s="64">
+        <v>1.61</v>
+      </c>
+      <c r="G44" s="64"/>
+      <c r="H44" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I44" s="46">
+        <v>155000</v>
+      </c>
+      <c r="J44" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K44" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="16">
+        <v>45</v>
+      </c>
+      <c r="B45" s="51">
+        <v>73</v>
+      </c>
+      <c r="C45" s="51">
+        <v>7</v>
+      </c>
+      <c r="D45" s="51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" s="43"/>
+      <c r="F45" s="64">
+        <v>0.97499999999999998</v>
+      </c>
+      <c r="G45" s="64"/>
+      <c r="H45" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I45" s="46">
+        <v>150000</v>
+      </c>
+      <c r="J45" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K45" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="16">
+        <v>46</v>
+      </c>
+      <c r="B46" s="51">
+        <v>73</v>
+      </c>
+      <c r="C46" s="51">
+        <v>7</v>
+      </c>
+      <c r="D46" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" s="43"/>
+      <c r="F46" s="64">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="G46" s="64"/>
+      <c r="H46" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I46" s="49"/>
+      <c r="J46" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K46" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="16">
+        <v>47</v>
+      </c>
+      <c r="B47" s="51">
+        <v>73</v>
+      </c>
+      <c r="C47" s="51">
+        <v>7</v>
+      </c>
+      <c r="D47" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" s="43"/>
+      <c r="F47" s="64">
+        <v>1.52</v>
+      </c>
+      <c r="G47" s="64"/>
+      <c r="H47" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I47" s="49"/>
+      <c r="J47" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K47" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="16">
+        <v>48</v>
+      </c>
+      <c r="B48" s="51">
+        <v>73</v>
+      </c>
+      <c r="C48" s="51">
+        <v>7</v>
+      </c>
+      <c r="D48" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" s="43"/>
+      <c r="F48" s="64">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="G48" s="64"/>
+      <c r="H48" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I48" s="49"/>
+      <c r="J48" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K48" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="16">
+        <v>49</v>
+      </c>
+      <c r="B49" s="51">
+        <v>73</v>
+      </c>
+      <c r="C49" s="51">
+        <v>7</v>
+      </c>
+      <c r="D49" s="51" t="s">
+        <v>8</v>
+      </c>
+      <c r="E49" s="43" t="s">
+        <v>86</v>
+      </c>
+      <c r="F49" s="64">
+        <v>1.52</v>
+      </c>
+      <c r="G49" s="64"/>
+      <c r="H49" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I49" s="49"/>
+      <c r="J49" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K49" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="16">
+        <v>50</v>
+      </c>
+      <c r="B50" s="51">
+        <v>73</v>
+      </c>
+      <c r="C50" s="51">
+        <v>7</v>
+      </c>
+      <c r="D50" s="51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" s="43"/>
+      <c r="F50" s="64">
+        <v>6.0940000000000003</v>
+      </c>
+      <c r="G50" s="64"/>
+      <c r="H50" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I50" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J50" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K50" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="16">
+        <v>51</v>
+      </c>
+      <c r="B51" s="51">
+        <v>73.02</v>
+      </c>
+      <c r="C51" s="51">
+        <v>5.51</v>
+      </c>
+      <c r="D51" s="51" t="s">
+        <v>8</v>
+      </c>
+      <c r="E51" s="43" t="s">
+        <v>28</v>
+      </c>
+      <c r="F51" s="64">
+        <v>1.41</v>
+      </c>
+      <c r="G51" s="64"/>
+      <c r="H51" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I51" s="49"/>
+      <c r="J51" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K51" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="16">
+        <v>52</v>
+      </c>
+      <c r="B52" s="51">
+        <v>73.02</v>
+      </c>
+      <c r="C52" s="51">
+        <v>5.51</v>
+      </c>
+      <c r="D52" s="51" t="s">
+        <v>8</v>
+      </c>
+      <c r="E52" s="43" t="s">
+        <v>28</v>
+      </c>
+      <c r="F52" s="64">
+        <v>0.316</v>
+      </c>
+      <c r="G52" s="64"/>
+      <c r="H52" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I52" s="49"/>
+      <c r="J52" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K52" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="16">
+        <v>53</v>
+      </c>
+      <c r="B53" s="50">
+        <v>73</v>
+      </c>
+      <c r="C53" s="50">
+        <v>11</v>
+      </c>
+      <c r="D53" s="50" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" s="43"/>
+      <c r="F53" s="64">
+        <v>18.783999999999999</v>
+      </c>
+      <c r="G53" s="64"/>
+      <c r="H53" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I53" s="52">
+        <v>150000</v>
+      </c>
+      <c r="J53" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K53" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="16">
+        <v>54</v>
+      </c>
+      <c r="B54" s="50">
+        <v>73</v>
+      </c>
+      <c r="C54" s="50">
+        <v>11</v>
+      </c>
+      <c r="D54" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" s="43"/>
+      <c r="F54" s="64">
+        <v>5.5810000000000004</v>
+      </c>
+      <c r="G54" s="64"/>
+      <c r="H54" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I54" s="52">
+        <v>155000</v>
+      </c>
+      <c r="J54" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K54" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="16">
+        <v>55</v>
+      </c>
+      <c r="B55" s="50">
+        <v>73</v>
+      </c>
+      <c r="C55" s="50">
+        <v>11</v>
+      </c>
+      <c r="D55" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" s="43"/>
+      <c r="F55" s="64">
+        <v>0.24</v>
+      </c>
+      <c r="G55" s="64"/>
+      <c r="H55" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I55" s="51"/>
+      <c r="J55" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K55" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="16">
+        <v>56</v>
+      </c>
+      <c r="B56" s="50">
+        <v>73</v>
+      </c>
+      <c r="C56" s="50">
+        <v>11</v>
+      </c>
+      <c r="D56" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" s="43" t="s">
+        <v>87</v>
+      </c>
+      <c r="F56" s="64">
+        <v>1.931</v>
+      </c>
+      <c r="G56" s="64"/>
+      <c r="H56" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I56" s="51"/>
+      <c r="J56" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K56" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="16">
+        <v>57</v>
+      </c>
+      <c r="B57" s="50">
+        <v>73</v>
+      </c>
+      <c r="C57" s="50">
+        <v>14</v>
+      </c>
+      <c r="D57" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" s="43" t="s">
+        <v>88</v>
+      </c>
+      <c r="F57" s="64">
+        <v>2.9390000000000001</v>
+      </c>
+      <c r="G57" s="64"/>
+      <c r="H57" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I57" s="49"/>
+      <c r="J57" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K57" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="16">
+        <v>58</v>
+      </c>
+      <c r="B58" s="48">
+        <v>76</v>
+      </c>
+      <c r="C58" s="48">
+        <v>3.5</v>
+      </c>
+      <c r="D58" s="48" t="s">
+        <v>94</v>
+      </c>
+      <c r="E58" s="43" t="s">
+        <v>103</v>
+      </c>
+      <c r="F58" s="63">
+        <v>1.877</v>
+      </c>
+      <c r="G58" s="63"/>
+      <c r="H58" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I58" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J58" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K58" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="16">
+        <v>59</v>
+      </c>
+      <c r="B59" s="42">
+        <v>76</v>
+      </c>
+      <c r="C59" s="42">
+        <v>18</v>
+      </c>
+      <c r="D59" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E59" s="43"/>
+      <c r="F59" s="63">
+        <v>1.181</v>
+      </c>
+      <c r="G59" s="63"/>
+      <c r="H59" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I59" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J59" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K59" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="16">
+        <v>60</v>
+      </c>
+      <c r="B60" s="42">
+        <v>76</v>
+      </c>
+      <c r="C60" s="42">
+        <v>18</v>
+      </c>
+      <c r="D60" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E60" s="43"/>
+      <c r="F60" s="63">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="G60" s="63"/>
+      <c r="H60" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I60" s="44"/>
+      <c r="J60" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K60" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="16">
+        <v>61</v>
+      </c>
+      <c r="B61" s="42">
+        <v>76</v>
+      </c>
+      <c r="C61" s="42">
+        <v>18</v>
+      </c>
+      <c r="D61" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E61" s="43"/>
+      <c r="F61" s="63">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="G61" s="63"/>
+      <c r="H61" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I61" s="44"/>
+      <c r="J61" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K61" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="16">
+        <v>62</v>
+      </c>
+      <c r="B62" s="42">
+        <v>88.9</v>
+      </c>
+      <c r="C62" s="42">
+        <v>6.45</v>
+      </c>
+      <c r="D62" s="42" t="s">
+        <v>96</v>
+      </c>
+      <c r="E62" s="43"/>
+      <c r="F62" s="63">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="G62" s="63"/>
+      <c r="H62" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="I62" s="45">
+        <v>160000</v>
+      </c>
+      <c r="J62" s="46">
+        <v>150000</v>
+      </c>
+      <c r="K62" s="46">
+        <v>140000</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="16">
+        <v>63</v>
+      </c>
+      <c r="B63" s="54">
+        <v>88.9</v>
+      </c>
+      <c r="C63" s="54">
+        <v>6.45</v>
+      </c>
+      <c r="D63" s="54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" s="43"/>
+      <c r="F63" s="63">
+        <v>0.105</v>
+      </c>
+      <c r="G63" s="63"/>
+      <c r="H63" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I63" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J63" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K63" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="16">
+        <v>64</v>
+      </c>
+      <c r="B64" s="54">
+        <v>89</v>
+      </c>
+      <c r="C64" s="54">
+        <v>6.5</v>
+      </c>
+      <c r="D64" s="54" t="s">
+        <v>7</v>
+      </c>
+      <c r="E64" s="43" t="s">
+        <v>28</v>
+      </c>
+      <c r="F64" s="63">
+        <v>0.11</v>
+      </c>
+      <c r="G64" s="63"/>
+      <c r="H64" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I64" s="44"/>
+      <c r="J64" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K64" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="16">
+        <v>65</v>
+      </c>
+      <c r="B65" s="54">
+        <v>89</v>
+      </c>
+      <c r="C65" s="54">
+        <v>6.5</v>
+      </c>
+      <c r="D65" s="54" t="s">
+        <v>7</v>
+      </c>
+      <c r="E65" s="43"/>
+      <c r="F65" s="65">
+        <v>2.0390000000000001</v>
+      </c>
+      <c r="G65" s="66"/>
+      <c r="H65" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I65" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J65" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K65" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="16">
+        <v>66</v>
+      </c>
+      <c r="B66" s="47">
+        <v>89</v>
+      </c>
+      <c r="C66" s="47">
+        <v>5</v>
+      </c>
+      <c r="D66" s="47" t="s">
+        <v>7</v>
+      </c>
+      <c r="E66" s="43"/>
+      <c r="F66" s="64">
+        <v>0.68600000000000005</v>
+      </c>
+      <c r="G66" s="64"/>
+      <c r="H66" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I66" s="49"/>
+      <c r="J66" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K66" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="16">
+        <v>67</v>
+      </c>
+      <c r="B67" s="47">
+        <v>89</v>
+      </c>
+      <c r="C67" s="47">
+        <v>6.5</v>
+      </c>
+      <c r="D67" s="47" t="s">
+        <v>7</v>
+      </c>
+      <c r="E67" s="43"/>
+      <c r="F67" s="64">
+        <v>1.2290000000000001</v>
+      </c>
+      <c r="G67" s="64"/>
+      <c r="H67" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I67" s="49"/>
+      <c r="J67" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K67" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="16">
+        <v>68</v>
+      </c>
+      <c r="B68" s="47">
+        <v>89</v>
+      </c>
+      <c r="C68" s="47">
+        <v>6.5</v>
+      </c>
+      <c r="D68" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" s="43"/>
+      <c r="F68" s="63">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="G68" s="63"/>
+      <c r="H68" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I68" s="46">
+        <v>120000</v>
+      </c>
+      <c r="J68" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K68" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="16">
+        <v>69</v>
+      </c>
+      <c r="B69" s="47">
+        <v>89</v>
+      </c>
+      <c r="C69" s="47">
+        <v>6.5</v>
+      </c>
+      <c r="D69" s="47" t="s">
+        <v>8</v>
+      </c>
+      <c r="E69" s="43"/>
+      <c r="F69" s="64">
+        <v>1.204</v>
+      </c>
+      <c r="G69" s="64"/>
+      <c r="H69" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I69" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J69" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K69" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="16">
+        <v>70</v>
+      </c>
+      <c r="B70" s="47">
+        <v>89</v>
+      </c>
+      <c r="C70" s="47">
+        <v>7.4</v>
+      </c>
+      <c r="D70" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" s="43"/>
+      <c r="F70" s="64">
+        <v>17.739000000000001</v>
+      </c>
+      <c r="G70" s="64"/>
+      <c r="H70" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I70" s="46">
+        <v>120000</v>
+      </c>
+      <c r="J70" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K70" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="16">
+        <v>71</v>
+      </c>
+      <c r="B71" s="54">
+        <v>88.9</v>
+      </c>
+      <c r="C71" s="54">
+        <v>7.34</v>
+      </c>
+      <c r="D71" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" s="43" t="s">
+        <v>28</v>
+      </c>
+      <c r="F71" s="63">
+        <v>6.4219999999999997</v>
+      </c>
+      <c r="G71" s="63"/>
+      <c r="H71" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I71" s="44"/>
+      <c r="J71" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K71" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="16">
+        <v>72</v>
+      </c>
+      <c r="B72" s="54">
+        <v>88.9</v>
+      </c>
+      <c r="C72" s="54">
+        <v>7.34</v>
+      </c>
+      <c r="D72" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" s="43" t="s">
+        <v>28</v>
+      </c>
+      <c r="F72" s="63">
+        <v>1.1599999999999999</v>
+      </c>
+      <c r="G72" s="63"/>
+      <c r="H72" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I72" s="44"/>
+      <c r="J72" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K72" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="16">
+        <v>73</v>
+      </c>
+      <c r="B73" s="54">
+        <v>88.9</v>
+      </c>
+      <c r="C73" s="54">
+        <v>7.34</v>
+      </c>
+      <c r="D73" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" s="43" t="s">
+        <v>28</v>
+      </c>
+      <c r="F73" s="63">
+        <v>7.7670000000000003</v>
+      </c>
+      <c r="G73" s="63"/>
+      <c r="H73" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I73" s="44"/>
+      <c r="J73" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K73" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="16">
+        <v>74</v>
+      </c>
+      <c r="B74" s="47">
+        <v>88.9</v>
+      </c>
+      <c r="C74" s="47">
+        <v>7.34</v>
+      </c>
+      <c r="D74" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" s="43"/>
+      <c r="F74" s="64">
+        <v>1.62</v>
+      </c>
+      <c r="G74" s="64"/>
+      <c r="H74" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I74" s="49"/>
+      <c r="J74" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K74" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="16">
+        <v>75</v>
+      </c>
+      <c r="B75" s="47">
+        <v>89</v>
+      </c>
+      <c r="C75" s="47">
+        <v>7</v>
+      </c>
+      <c r="D75" s="47" t="s">
+        <v>7</v>
+      </c>
+      <c r="E75" s="43"/>
+      <c r="F75" s="64">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="G75" s="64"/>
+      <c r="H75" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I75" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J75" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K75" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="16">
+        <v>76</v>
+      </c>
+      <c r="B76" s="47">
+        <v>89</v>
+      </c>
+      <c r="C76" s="47">
+        <v>7.5</v>
+      </c>
+      <c r="D76" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" s="43"/>
+      <c r="F76" s="64">
+        <v>15.016999999999999</v>
+      </c>
+      <c r="G76" s="64"/>
+      <c r="H76" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I76" s="46">
+        <v>120000</v>
+      </c>
+      <c r="J76" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K76" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="16">
+        <v>77</v>
+      </c>
+      <c r="B77" s="47">
+        <v>89</v>
+      </c>
+      <c r="C77" s="47">
+        <v>8</v>
+      </c>
+      <c r="D77" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" s="43"/>
+      <c r="F77" s="64">
+        <v>0.151</v>
+      </c>
+      <c r="G77" s="64"/>
+      <c r="H77" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I77" s="46">
+        <v>120000</v>
+      </c>
+      <c r="J77" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K77" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="16">
+        <v>78</v>
+      </c>
+      <c r="B78" s="47">
+        <v>89</v>
+      </c>
+      <c r="C78" s="47">
+        <v>11</v>
+      </c>
+      <c r="D78" s="47" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="43"/>
+      <c r="F78" s="64">
+        <v>1.9</v>
+      </c>
+      <c r="G78" s="64"/>
+      <c r="H78" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I78" s="46">
+        <v>125000</v>
+      </c>
+      <c r="J78" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K78" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="16">
+        <v>79</v>
+      </c>
+      <c r="B79" s="47">
+        <v>89</v>
+      </c>
+      <c r="C79" s="47">
         <v>13</v>
       </c>
-      <c r="C3" s="70" t="s">
+      <c r="D79" s="47" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="43"/>
+      <c r="F79" s="64">
+        <v>0.49299999999999999</v>
+      </c>
+      <c r="G79" s="64"/>
+      <c r="H79" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I79" s="46">
+        <v>125000</v>
+      </c>
+      <c r="J79" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K79" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="16">
+        <v>80</v>
+      </c>
+      <c r="B80" s="47">
+        <v>89</v>
+      </c>
+      <c r="C80" s="47">
+        <v>13</v>
+      </c>
+      <c r="D80" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" s="43"/>
+      <c r="F80" s="64">
+        <v>4.9749999999999996</v>
+      </c>
+      <c r="G80" s="64"/>
+      <c r="H80" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I80" s="46">
+        <v>120000</v>
+      </c>
+      <c r="J80" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K80" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="16">
+        <v>81</v>
+      </c>
+      <c r="B81" s="47">
+        <v>89</v>
+      </c>
+      <c r="C81" s="47">
+        <v>13</v>
+      </c>
+      <c r="D81" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" s="43"/>
+      <c r="F81" s="64">
+        <v>3.6429999999999998</v>
+      </c>
+      <c r="G81" s="64"/>
+      <c r="H81" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I81" s="49"/>
+      <c r="J81" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K81" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="16">
+        <v>82</v>
+      </c>
+      <c r="B82" s="47">
+        <v>89</v>
+      </c>
+      <c r="C82" s="47">
+        <v>13</v>
+      </c>
+      <c r="D82" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" s="43"/>
+      <c r="F82" s="64">
+        <v>0.93</v>
+      </c>
+      <c r="G82" s="64"/>
+      <c r="H82" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I82" s="49"/>
+      <c r="J82" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K82" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="16">
+        <v>83</v>
+      </c>
+      <c r="B83" s="47">
+        <v>89</v>
+      </c>
+      <c r="C83" s="47">
+        <v>13</v>
+      </c>
+      <c r="D83" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" s="43"/>
+      <c r="F83" s="64">
+        <v>0.18</v>
+      </c>
+      <c r="G83" s="64"/>
+      <c r="H83" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I83" s="49"/>
+      <c r="J83" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K83" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="16">
+        <v>84</v>
+      </c>
+      <c r="B84" s="47">
+        <v>89</v>
+      </c>
+      <c r="C84" s="47">
+        <v>13</v>
+      </c>
+      <c r="D84" s="47" t="s">
+        <v>9</v>
+      </c>
+      <c r="E84" s="43"/>
+      <c r="F84" s="64">
+        <v>0.34</v>
+      </c>
+      <c r="G84" s="64"/>
+      <c r="H84" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I84" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J84" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K84" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="16">
+        <v>85</v>
+      </c>
+      <c r="B85" s="47">
+        <v>89</v>
+      </c>
+      <c r="C85" s="47">
+        <v>13</v>
+      </c>
+      <c r="D85" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E85" s="55"/>
+      <c r="F85" s="64">
+        <v>3.69</v>
+      </c>
+      <c r="G85" s="64"/>
+      <c r="H85" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I85" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J85" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K85" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="16">
+        <v>86</v>
+      </c>
+      <c r="B86" s="47">
+        <v>89</v>
+      </c>
+      <c r="C86" s="47">
         <v>14</v>
       </c>
-      <c r="D3" s="70"/>
-      <c r="E3" s="2" t="s">
+      <c r="D86" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" s="43"/>
+      <c r="F86" s="64">
+        <v>2.766</v>
+      </c>
+      <c r="G86" s="64"/>
+      <c r="H86" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I86" s="46">
+        <v>120000</v>
+      </c>
+      <c r="J86" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K86" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="16">
+        <v>87</v>
+      </c>
+      <c r="B87" s="47">
+        <v>89</v>
+      </c>
+      <c r="C87" s="47">
+        <v>16</v>
+      </c>
+      <c r="D87" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" s="43"/>
+      <c r="F87" s="64">
+        <v>2.2200000000000002</v>
+      </c>
+      <c r="G87" s="64"/>
+      <c r="H87" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I87" s="46">
+        <v>120000</v>
+      </c>
+      <c r="J87" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K87" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="16">
+        <v>88</v>
+      </c>
+      <c r="B88" s="54">
+        <v>89</v>
+      </c>
+      <c r="C88" s="54">
+        <v>20</v>
+      </c>
+      <c r="D88" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" s="43"/>
+      <c r="F88" s="63">
+        <v>0.155</v>
+      </c>
+      <c r="G88" s="63"/>
+      <c r="H88" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I88" s="46">
+        <v>120000</v>
+      </c>
+      <c r="J88" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K88" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="16">
+        <v>89</v>
+      </c>
+      <c r="B89" s="48">
+        <v>95</v>
+      </c>
+      <c r="C89" s="48">
+        <v>24</v>
+      </c>
+      <c r="D89" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" s="43"/>
+      <c r="F89" s="63">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="G89" s="63"/>
+      <c r="H89" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I89" s="46">
+        <v>120000</v>
+      </c>
+      <c r="J89" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K89" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="16">
+        <v>90</v>
+      </c>
+      <c r="B90" s="54">
+        <v>101.6</v>
+      </c>
+      <c r="C90" s="54">
+        <v>6.5</v>
+      </c>
+      <c r="D90" s="54" t="s">
+        <v>7</v>
+      </c>
+      <c r="E90" s="43"/>
+      <c r="F90" s="63">
+        <v>3.7120000000000002</v>
+      </c>
+      <c r="G90" s="63"/>
+      <c r="H90" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I90" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J90" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K90" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="16">
+        <v>91</v>
+      </c>
+      <c r="B91" s="48">
+        <v>102</v>
+      </c>
+      <c r="C91" s="48">
+        <v>6.5</v>
+      </c>
+      <c r="D91" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" s="43"/>
+      <c r="F91" s="63">
+        <v>0.187</v>
+      </c>
+      <c r="G91" s="63"/>
+      <c r="H91" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I91" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J91" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K91" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="16">
+        <v>92</v>
+      </c>
+      <c r="B92" s="48">
+        <v>102</v>
+      </c>
+      <c r="C92" s="48">
+        <v>6.5</v>
+      </c>
+      <c r="D92" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" s="43" t="s">
+        <v>101</v>
+      </c>
+      <c r="F92" s="63">
+        <v>2.464</v>
+      </c>
+      <c r="G92" s="63"/>
+      <c r="H92" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="I92" s="53">
+        <v>120000</v>
+      </c>
+      <c r="J92" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K92" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="16">
+        <v>93</v>
+      </c>
+      <c r="B93" s="48">
+        <v>102</v>
+      </c>
+      <c r="C93" s="48">
+        <v>6.5</v>
+      </c>
+      <c r="D93" s="48" t="s">
+        <v>81</v>
+      </c>
+      <c r="E93" s="43" t="s">
+        <v>102</v>
+      </c>
+      <c r="F93" s="63">
+        <v>0.16500000000000001</v>
+      </c>
+      <c r="G93" s="63"/>
+      <c r="H93" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I93" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J93" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K93" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="16">
+        <v>94</v>
+      </c>
+      <c r="B94" s="48">
+        <v>102</v>
+      </c>
+      <c r="C94" s="48">
+        <v>6.5</v>
+      </c>
+      <c r="D94" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" s="43"/>
+      <c r="F94" s="63">
+        <v>0.127</v>
+      </c>
+      <c r="G94" s="63"/>
+      <c r="H94" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I94" s="54"/>
+      <c r="J94" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K94" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="16">
+        <v>95</v>
+      </c>
+      <c r="B95" s="48">
+        <v>102</v>
+      </c>
+      <c r="C95" s="48">
+        <v>10</v>
+      </c>
+      <c r="D95" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E95" s="43"/>
+      <c r="F95" s="63">
+        <v>0.17</v>
+      </c>
+      <c r="G95" s="63"/>
+      <c r="H95" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I95" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J95" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K95" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="16">
+        <v>96</v>
+      </c>
+      <c r="B96" s="48">
+        <v>102</v>
+      </c>
+      <c r="C96" s="48">
+        <v>12</v>
+      </c>
+      <c r="D96" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E96" s="43"/>
+      <c r="F96" s="63">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="G96" s="63"/>
+      <c r="H96" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I96" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J96" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K96" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="16">
+        <v>97</v>
+      </c>
+      <c r="B97" s="48">
+        <v>102</v>
+      </c>
+      <c r="C97" s="48">
+        <v>14</v>
+      </c>
+      <c r="D97" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E97" s="43"/>
+      <c r="F97" s="63">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="G97" s="63"/>
+      <c r="H97" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I97" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J97" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K97" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="16">
+        <v>98</v>
+      </c>
+      <c r="B98" s="48">
+        <v>102</v>
+      </c>
+      <c r="C98" s="48">
         <v>15</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="D98" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E98" s="43"/>
+      <c r="F98" s="65">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="G98" s="66"/>
+      <c r="H98" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I98" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J98" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K98" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="16">
+        <v>99</v>
+      </c>
+      <c r="B99" s="48">
+        <v>102</v>
+      </c>
+      <c r="C99" s="48">
+        <v>20</v>
+      </c>
+      <c r="D99" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" s="43"/>
+      <c r="F99" s="65">
+        <v>0.751</v>
+      </c>
+      <c r="G99" s="66"/>
+      <c r="H99" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I99" s="53">
+        <v>120000</v>
+      </c>
+      <c r="J99" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K99" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="16">
+        <v>100</v>
+      </c>
+      <c r="B100" s="48">
+        <v>108</v>
+      </c>
+      <c r="C100" s="48">
+        <v>18</v>
+      </c>
+      <c r="D100" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" s="43"/>
+      <c r="F100" s="65">
+        <v>0.69</v>
+      </c>
+      <c r="G100" s="66"/>
+      <c r="H100" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I100" s="53">
+        <v>120000</v>
+      </c>
+      <c r="J100" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K100" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="16">
+        <v>101</v>
+      </c>
+      <c r="B101" s="48">
+        <v>108</v>
+      </c>
+      <c r="C101" s="48">
+        <v>25</v>
+      </c>
+      <c r="D101" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" s="43"/>
+      <c r="F101" s="63">
+        <v>0.252</v>
+      </c>
+      <c r="G101" s="63"/>
+      <c r="H101" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I101" s="53">
+        <v>120000</v>
+      </c>
+      <c r="J101" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K101" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="16">
+        <v>102</v>
+      </c>
+      <c r="B102" s="48">
+        <v>110</v>
+      </c>
+      <c r="C102" s="48">
+        <v>12</v>
+      </c>
+      <c r="D102" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" s="43"/>
+      <c r="F102" s="63">
+        <v>5.774</v>
+      </c>
+      <c r="G102" s="63"/>
+      <c r="H102" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I102" s="53">
+        <v>120000</v>
+      </c>
+      <c r="J102" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K102" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="16">
+        <v>103</v>
+      </c>
+      <c r="B103" s="48">
+        <v>110</v>
+      </c>
+      <c r="C103" s="48">
+        <v>12</v>
+      </c>
+      <c r="D103" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E103" s="43"/>
+      <c r="F103" s="63">
+        <v>1.64</v>
+      </c>
+      <c r="G103" s="63"/>
+      <c r="H103" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I103" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J103" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K103" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="16">
+        <v>104</v>
+      </c>
+      <c r="B104" s="48">
+        <v>114</v>
+      </c>
+      <c r="C104" s="48">
+        <v>5</v>
+      </c>
+      <c r="D104" s="48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" s="43"/>
+      <c r="F104" s="69">
+        <v>0.25</v>
+      </c>
+      <c r="G104" s="69"/>
+      <c r="H104" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I104" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J104" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K104" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="16">
+        <v>105</v>
+      </c>
+      <c r="B105" s="56">
+        <v>114</v>
+      </c>
+      <c r="C105" s="56">
+        <v>7</v>
+      </c>
+      <c r="D105" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" s="43"/>
+      <c r="F105" s="71">
+        <v>23.308</v>
+      </c>
+      <c r="G105" s="71"/>
+      <c r="H105" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I105" s="57">
+        <v>180000</v>
+      </c>
+      <c r="J105" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K105" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="16">
+        <v>106</v>
+      </c>
+      <c r="B106" s="48">
+        <v>114</v>
+      </c>
+      <c r="C106" s="48">
+        <v>7</v>
+      </c>
+      <c r="D106" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E106" s="43"/>
+      <c r="F106" s="69">
+        <v>1.7729999999999999</v>
+      </c>
+      <c r="G106" s="69"/>
+      <c r="H106" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I106" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J106" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K106" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="16">
+        <v>107</v>
+      </c>
+      <c r="B107" s="48">
+        <v>114</v>
+      </c>
+      <c r="C107" s="48">
+        <v>7</v>
+      </c>
+      <c r="D107" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" s="43"/>
+      <c r="F107" s="69">
+        <v>1.103</v>
+      </c>
+      <c r="G107" s="69"/>
+      <c r="H107" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I107" s="54"/>
+      <c r="J107" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K107" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="16">
+        <v>108</v>
+      </c>
+      <c r="B108" s="48">
+        <v>114</v>
+      </c>
+      <c r="C108" s="48">
+        <v>7.4</v>
+      </c>
+      <c r="D108" s="48" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="43"/>
+      <c r="F108" s="69">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="G108" s="69"/>
+      <c r="H108" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I108" s="53">
+        <v>125000</v>
+      </c>
+      <c r="J108" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K108" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="16">
+        <v>109</v>
+      </c>
+      <c r="B109" s="48">
+        <v>114</v>
+      </c>
+      <c r="C109" s="48">
+        <v>7.4</v>
+      </c>
+      <c r="D109" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E109" s="43"/>
+      <c r="F109" s="69">
+        <v>10.355</v>
+      </c>
+      <c r="G109" s="69"/>
+      <c r="H109" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I109" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J109" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K109" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="16">
+        <v>110</v>
+      </c>
+      <c r="B110" s="48">
+        <v>114</v>
+      </c>
+      <c r="C110" s="48">
+        <v>7.4</v>
+      </c>
+      <c r="D110" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E110" s="43"/>
+      <c r="F110" s="69">
+        <v>5.4619999999999997</v>
+      </c>
+      <c r="G110" s="69"/>
+      <c r="H110" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I110" s="54"/>
+      <c r="J110" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K110" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="16">
+        <v>111</v>
+      </c>
+      <c r="B111" s="48">
+        <v>114</v>
+      </c>
+      <c r="C111" s="48">
+        <v>7.4</v>
+      </c>
+      <c r="D111" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" s="43"/>
+      <c r="F111" s="69">
+        <v>21</v>
+      </c>
+      <c r="G111" s="69"/>
+      <c r="H111" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I111" s="53">
+        <v>120000</v>
+      </c>
+      <c r="J111" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K111" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="16">
+        <v>112</v>
+      </c>
+      <c r="B112" s="51">
+        <v>114.3</v>
+      </c>
+      <c r="C112" s="51">
+        <v>8.56</v>
+      </c>
+      <c r="D112" s="51" t="s">
+        <v>104</v>
+      </c>
+      <c r="E112" s="43"/>
+      <c r="F112" s="67">
+        <v>1.0880000000000001</v>
+      </c>
+      <c r="G112" s="67"/>
+      <c r="H112" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I112" s="52">
+        <v>120000</v>
+      </c>
+      <c r="J112" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K112" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="16">
+        <v>113</v>
+      </c>
+      <c r="B113" s="51">
+        <v>114.3</v>
+      </c>
+      <c r="C113" s="51">
+        <v>8.56</v>
+      </c>
+      <c r="D113" s="51" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="43"/>
+      <c r="F113" s="67">
+        <v>15.124000000000001</v>
+      </c>
+      <c r="G113" s="67"/>
+      <c r="H113" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I113" s="52">
+        <v>125000</v>
+      </c>
+      <c r="J113" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K113" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="16">
+        <v>114</v>
+      </c>
+      <c r="B114" s="51">
+        <v>114.3</v>
+      </c>
+      <c r="C114" s="51">
+        <v>8.56</v>
+      </c>
+      <c r="D114" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" s="43"/>
+      <c r="F114" s="67">
+        <v>0.77500000000000002</v>
+      </c>
+      <c r="G114" s="67"/>
+      <c r="H114" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I114" s="52">
+        <v>120000</v>
+      </c>
+      <c r="J114" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K114" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="16">
+        <v>115</v>
+      </c>
+      <c r="B115" s="51">
+        <v>114.3</v>
+      </c>
+      <c r="C115" s="51">
+        <v>8.6</v>
+      </c>
+      <c r="D115" s="51" t="s">
+        <v>7</v>
+      </c>
+      <c r="E115" s="43"/>
+      <c r="F115" s="64">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="G115" s="64"/>
+      <c r="H115" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I115" s="52">
+        <v>115000</v>
+      </c>
+      <c r="J115" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K115" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="16">
+        <v>116</v>
+      </c>
+      <c r="B116" s="50">
+        <v>114</v>
+      </c>
+      <c r="C116" s="50">
+        <v>13</v>
+      </c>
+      <c r="D116" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="E116" s="43"/>
+      <c r="F116" s="64">
+        <v>1.871</v>
+      </c>
+      <c r="G116" s="64"/>
+      <c r="H116" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I116" s="52">
+        <v>115000</v>
+      </c>
+      <c r="J116" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K116" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="16">
+        <v>117</v>
+      </c>
+      <c r="B117" s="50">
+        <v>114</v>
+      </c>
+      <c r="C117" s="50">
+        <v>14</v>
+      </c>
+      <c r="D117" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" s="43"/>
+      <c r="F117" s="64">
+        <v>2.1909999999999998</v>
+      </c>
+      <c r="G117" s="64"/>
+      <c r="H117" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I117" s="52">
+        <v>120000</v>
+      </c>
+      <c r="J117" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K117" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="16">
+        <v>118</v>
+      </c>
+      <c r="B118" s="50">
+        <v>114</v>
+      </c>
+      <c r="C118" s="50">
+        <v>25</v>
+      </c>
+      <c r="D118" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" s="43"/>
+      <c r="F118" s="64">
+        <v>2.0920000000000001</v>
+      </c>
+      <c r="G118" s="64"/>
+      <c r="H118" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I118" s="52">
+        <v>120000</v>
+      </c>
+      <c r="J118" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K118" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="16">
+        <v>119</v>
+      </c>
+      <c r="B119" s="50">
+        <v>114</v>
+      </c>
+      <c r="C119" s="50">
+        <v>25</v>
+      </c>
+      <c r="D119" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" s="50" t="s">
+        <v>46</v>
+      </c>
+      <c r="F119" s="64">
+        <v>0.186</v>
+      </c>
+      <c r="G119" s="64"/>
+      <c r="H119" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I119" s="52">
+        <v>120000</v>
+      </c>
+      <c r="J119" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K119" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="16">
+        <v>120</v>
+      </c>
+      <c r="B120" s="50">
+        <v>114</v>
+      </c>
+      <c r="C120" s="50">
+        <v>25</v>
+      </c>
+      <c r="D120" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" s="50" t="s">
+        <v>47</v>
+      </c>
+      <c r="F120" s="64">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="G120" s="64"/>
+      <c r="H120" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I120" s="52">
+        <v>120000</v>
+      </c>
+      <c r="J120" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K120" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="16">
+        <v>121</v>
+      </c>
+      <c r="B121" s="42">
+        <v>114</v>
+      </c>
+      <c r="C121" s="42">
+        <v>25</v>
+      </c>
+      <c r="D121" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" s="42" t="s">
+        <v>49</v>
+      </c>
+      <c r="F121" s="63">
+        <v>1.252</v>
+      </c>
+      <c r="G121" s="63"/>
+      <c r="H121" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I121" s="52">
+        <v>120000</v>
+      </c>
+      <c r="J121" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K121" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="16">
+        <v>122</v>
+      </c>
+      <c r="B122" s="42">
+        <v>121</v>
+      </c>
+      <c r="C122" s="42">
+        <v>30</v>
+      </c>
+      <c r="D122" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" s="43"/>
+      <c r="F122" s="63">
+        <v>0.5</v>
+      </c>
+      <c r="G122" s="63"/>
+      <c r="H122" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I122" s="52">
+        <v>120000</v>
+      </c>
+      <c r="J122" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K122" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="16">
+        <v>123</v>
+      </c>
+      <c r="B123" s="42">
+        <v>127</v>
+      </c>
+      <c r="C123" s="42">
+        <v>6</v>
+      </c>
+      <c r="D123" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E123" s="55"/>
+      <c r="F123" s="63">
+        <v>1.65</v>
+      </c>
+      <c r="G123" s="63"/>
+      <c r="H123" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I123" s="45">
+        <v>100000</v>
+      </c>
+      <c r="J123" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K123" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="16">
+        <v>124</v>
+      </c>
+      <c r="B124" s="42">
+        <v>127</v>
+      </c>
+      <c r="C124" s="42">
+        <v>7</v>
+      </c>
+      <c r="D124" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E124" s="43"/>
+      <c r="F124" s="63">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="G124" s="63"/>
+      <c r="H124" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I124" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J124" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K124" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="16">
+        <v>125</v>
+      </c>
+      <c r="B125" s="48">
+        <v>127</v>
+      </c>
+      <c r="C125" s="48">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D125" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E125" s="43"/>
+      <c r="F125" s="69">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="G125" s="69"/>
+      <c r="H125" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I125" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J125" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K125" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="16">
+        <v>126</v>
+      </c>
+      <c r="B126" s="48">
+        <v>127</v>
+      </c>
+      <c r="C126" s="48">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D126" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E126" s="43"/>
+      <c r="F126" s="69">
+        <v>0.31</v>
+      </c>
+      <c r="G126" s="69"/>
+      <c r="H126" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I126" s="45">
+        <v>100000</v>
+      </c>
+      <c r="J126" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K126" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="16">
+        <v>127</v>
+      </c>
+      <c r="B127" s="48">
+        <v>127</v>
+      </c>
+      <c r="C127" s="48">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D127" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" s="43"/>
+      <c r="F127" s="69">
+        <v>0.317</v>
+      </c>
+      <c r="G127" s="69"/>
+      <c r="H127" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I127" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J127" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K127" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="16">
+        <v>128</v>
+      </c>
+      <c r="B128" s="48">
+        <v>127</v>
+      </c>
+      <c r="C128" s="48">
+        <v>11.1</v>
+      </c>
+      <c r="D128" s="48" t="s">
+        <v>50</v>
+      </c>
+      <c r="E128" s="43"/>
+      <c r="F128" s="69">
+        <v>0.16400000000000001</v>
+      </c>
+      <c r="G128" s="69"/>
+      <c r="H128" s="51" t="s">
+        <v>65</v>
+      </c>
+      <c r="I128" s="53">
+        <v>120000</v>
+      </c>
+      <c r="J128" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K128" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="16">
+        <v>129</v>
+      </c>
+      <c r="B129" s="42">
+        <v>127</v>
+      </c>
+      <c r="C129" s="42">
+        <v>12</v>
+      </c>
+      <c r="D129" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E129" s="43"/>
+      <c r="F129" s="69">
+        <v>17.989000000000001</v>
+      </c>
+      <c r="G129" s="69"/>
+      <c r="H129" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I129" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J129" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K129" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="16">
+        <v>130</v>
+      </c>
+      <c r="B130" s="42">
+        <v>127</v>
+      </c>
+      <c r="C130" s="42">
+        <v>14</v>
+      </c>
+      <c r="D130" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="E130" s="43"/>
+      <c r="F130" s="63">
+        <v>0.96</v>
+      </c>
+      <c r="G130" s="63"/>
+      <c r="H130" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I130" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J130" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K130" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="16">
+        <v>131</v>
+      </c>
+      <c r="B131" s="42">
+        <v>127</v>
+      </c>
+      <c r="C131" s="42">
+        <v>15</v>
+      </c>
+      <c r="D131" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E131" s="43"/>
+      <c r="F131" s="63">
+        <v>0.39300000000000002</v>
+      </c>
+      <c r="G131" s="63"/>
+      <c r="H131" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I131" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J131" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K131" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="16">
+        <v>132</v>
+      </c>
+      <c r="B132" s="42">
+        <v>127</v>
+      </c>
+      <c r="C132" s="42">
+        <v>24</v>
+      </c>
+      <c r="D132" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E132" s="43"/>
+      <c r="F132" s="63">
+        <v>0.875</v>
+      </c>
+      <c r="G132" s="63"/>
+      <c r="H132" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I132" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J132" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K132" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="16">
+        <v>133</v>
+      </c>
+      <c r="B133" s="42">
+        <v>127</v>
+      </c>
+      <c r="C133" s="42">
+        <v>16</v>
+      </c>
+      <c r="D133" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" s="43"/>
+      <c r="F133" s="63">
+        <v>0.49199999999999999</v>
+      </c>
+      <c r="G133" s="63"/>
+      <c r="H133" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I133" s="53">
+        <v>120000</v>
+      </c>
+      <c r="J133" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K133" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="16">
+        <v>134</v>
+      </c>
+      <c r="B134" s="42">
+        <v>127</v>
+      </c>
+      <c r="C134" s="42">
+        <v>20</v>
+      </c>
+      <c r="D134" s="42" t="s">
+        <v>105</v>
+      </c>
+      <c r="E134" s="43"/>
+      <c r="F134" s="63">
+        <v>0.44500000000000001</v>
+      </c>
+      <c r="G134" s="63"/>
+      <c r="H134" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I134" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J134" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K134" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="16">
+        <v>135</v>
+      </c>
+      <c r="B135" s="54">
+        <v>132.08000000000001</v>
+      </c>
+      <c r="C135" s="54">
+        <v>14.5</v>
+      </c>
+      <c r="D135" s="54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" s="43"/>
+      <c r="F135" s="63">
+        <v>0.95699999999999996</v>
+      </c>
+      <c r="G135" s="63"/>
+      <c r="H135" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I135" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J135" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K135" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="16">
+        <v>136</v>
+      </c>
+      <c r="B136" s="54">
+        <v>132.08000000000001</v>
+      </c>
+      <c r="C136" s="54">
+        <v>20</v>
+      </c>
+      <c r="D136" s="54" t="s">
+        <v>7</v>
+      </c>
+      <c r="E136" s="43"/>
+      <c r="F136" s="63">
+        <v>2.5259999999999998</v>
+      </c>
+      <c r="G136" s="63"/>
+      <c r="H136" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I136" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J136" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K136" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="16">
+        <v>137</v>
+      </c>
+      <c r="B137" s="42">
+        <v>133</v>
+      </c>
+      <c r="C137" s="42">
+        <v>14</v>
+      </c>
+      <c r="D137" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" s="43"/>
+      <c r="F137" s="63">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="G137" s="63"/>
+      <c r="H137" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I137" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J137" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K137" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="16">
+        <v>138</v>
+      </c>
+      <c r="B138" s="42">
+        <v>133</v>
+      </c>
+      <c r="C138" s="42">
+        <v>16</v>
+      </c>
+      <c r="D138" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E138" s="43"/>
+      <c r="F138" s="63">
+        <v>0.93500000000000005</v>
+      </c>
+      <c r="G138" s="63"/>
+      <c r="H138" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I138" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J138" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K138" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="16">
+        <v>139</v>
+      </c>
+      <c r="B139" s="42">
+        <v>133</v>
+      </c>
+      <c r="C139" s="42">
+        <v>16</v>
+      </c>
+      <c r="D139" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" s="43"/>
+      <c r="F139" s="63">
+        <v>0.57699999999999996</v>
+      </c>
+      <c r="G139" s="63"/>
+      <c r="H139" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I139" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J139" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K139" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="16">
+        <v>140</v>
+      </c>
+      <c r="B140" s="42">
+        <v>133</v>
+      </c>
+      <c r="C140" s="42">
+        <v>20</v>
+      </c>
+      <c r="D140" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" s="43"/>
+      <c r="F140" s="63">
+        <v>3.1779999999999999</v>
+      </c>
+      <c r="G140" s="63"/>
+      <c r="H140" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I140" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J140" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K140" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="16">
+        <v>141</v>
+      </c>
+      <c r="B141" s="42">
+        <v>133</v>
+      </c>
+      <c r="C141" s="42">
+        <v>20</v>
+      </c>
+      <c r="D141" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" s="43"/>
+      <c r="F141" s="63">
+        <v>3.1230000000000002</v>
+      </c>
+      <c r="G141" s="63"/>
+      <c r="H141" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I141" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J141" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K141" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="16">
+        <v>142</v>
+      </c>
+      <c r="B142" s="42">
+        <v>133</v>
+      </c>
+      <c r="C142" s="42">
+        <v>20</v>
+      </c>
+      <c r="D142" s="42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="43"/>
+      <c r="F142" s="63">
+        <v>8.8219999999999992</v>
+      </c>
+      <c r="G142" s="63"/>
+      <c r="H142" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I142" s="45">
+        <v>125000</v>
+      </c>
+      <c r="J142" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K142" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="16">
+        <v>143</v>
+      </c>
+      <c r="B143" s="42">
+        <v>133</v>
+      </c>
+      <c r="C143" s="42">
+        <v>30</v>
+      </c>
+      <c r="D143" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" s="43"/>
+      <c r="F143" s="63">
+        <v>1.1910000000000001</v>
+      </c>
+      <c r="G143" s="63"/>
+      <c r="H143" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I143" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J143" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K143" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="16">
+        <v>144</v>
+      </c>
+      <c r="B144" s="42">
+        <v>133</v>
+      </c>
+      <c r="C144" s="42">
+        <v>30</v>
+      </c>
+      <c r="D144" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" s="43"/>
+      <c r="F144" s="63">
+        <v>0.877</v>
+      </c>
+      <c r="G144" s="63"/>
+      <c r="H144" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I144" s="45">
+        <v>188000</v>
+      </c>
+      <c r="J144" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K144" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="16">
+        <v>145</v>
+      </c>
+      <c r="B145" s="42">
+        <v>133</v>
+      </c>
+      <c r="C145" s="42">
+        <v>32</v>
+      </c>
+      <c r="D145" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" s="43"/>
+      <c r="F145" s="63">
+        <v>0.53400000000000003</v>
+      </c>
+      <c r="G145" s="63"/>
+      <c r="H145" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I145" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J145" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K145" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="16">
+        <v>146</v>
+      </c>
+      <c r="B146" s="42">
+        <v>133</v>
+      </c>
+      <c r="C146" s="42">
+        <v>36</v>
+      </c>
+      <c r="D146" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" s="43"/>
+      <c r="F146" s="63">
+        <v>2.6389999999999998</v>
+      </c>
+      <c r="G146" s="63"/>
+      <c r="H146" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I146" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J146" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K146" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="16">
+        <v>147</v>
+      </c>
+      <c r="B147" s="42">
+        <v>140</v>
+      </c>
+      <c r="C147" s="42">
+        <v>7</v>
+      </c>
+      <c r="D147" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" s="43"/>
+      <c r="F147" s="63">
+        <v>0.9</v>
+      </c>
+      <c r="G147" s="63"/>
+      <c r="H147" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="I147" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J147" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K147" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="16">
+        <v>148</v>
+      </c>
+      <c r="B148" s="42">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C148" s="42">
+        <v>7.72</v>
+      </c>
+      <c r="D148" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E148" s="43"/>
+      <c r="F148" s="63">
+        <v>6.6959999999999997</v>
+      </c>
+      <c r="G148" s="63"/>
+      <c r="H148" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I148" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J148" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K148" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="16">
+        <v>149</v>
+      </c>
+      <c r="B149" s="42">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C149" s="42">
+        <v>7.72</v>
+      </c>
+      <c r="D149" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E149" s="43"/>
+      <c r="F149" s="63">
+        <v>0.5</v>
+      </c>
+      <c r="G149" s="63"/>
+      <c r="H149" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I149" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J149" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K149" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="16">
+        <v>150</v>
+      </c>
+      <c r="B150" s="42">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C150" s="42">
+        <v>7.72</v>
+      </c>
+      <c r="D150" s="42" t="s">
+        <v>106</v>
+      </c>
+      <c r="E150" s="43"/>
+      <c r="F150" s="63">
+        <v>49.552999999999997</v>
+      </c>
+      <c r="G150" s="63"/>
+      <c r="H150" s="44" t="s">
+        <v>65</v>
+      </c>
+      <c r="I150" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J150" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K150" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="16">
+        <v>151</v>
+      </c>
+      <c r="B151" s="42">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C151" s="42">
+        <v>9.19</v>
+      </c>
+      <c r="D151" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E151" s="43"/>
+      <c r="F151" s="63">
+        <v>0.68899999999999995</v>
+      </c>
+      <c r="G151" s="63"/>
+      <c r="H151" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I151" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J151" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K151" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="16">
+        <v>152</v>
+      </c>
+      <c r="B152" s="42">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C152" s="42">
+        <v>9.19</v>
+      </c>
+      <c r="D152" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E152" s="43"/>
+      <c r="F152" s="63">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="G152" s="63"/>
+      <c r="H152" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I152" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J152" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K152" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="16">
+        <v>153</v>
+      </c>
+      <c r="B153" s="42">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C153" s="42">
+        <v>10.54</v>
+      </c>
+      <c r="D153" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E153" s="43"/>
+      <c r="F153" s="63">
+        <v>9.3510000000000009</v>
+      </c>
+      <c r="G153" s="63"/>
+      <c r="H153" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I153" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J153" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K153" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="16">
+        <v>154</v>
+      </c>
+      <c r="B154" s="42">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C154" s="42">
+        <v>10.54</v>
+      </c>
+      <c r="D154" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E154" s="43"/>
+      <c r="F154" s="63">
+        <v>4.55</v>
+      </c>
+      <c r="G154" s="63"/>
+      <c r="H154" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I154" s="44"/>
+      <c r="J154" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K154" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="16">
+        <v>155</v>
+      </c>
+      <c r="B155" s="42">
+        <v>140</v>
+      </c>
+      <c r="C155" s="42">
+        <v>6</v>
+      </c>
+      <c r="D155" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E155" s="43"/>
+      <c r="F155" s="63">
+        <v>2.4830000000000001</v>
+      </c>
+      <c r="G155" s="63"/>
+      <c r="H155" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I155" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J155" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K155" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="16">
+        <v>156</v>
+      </c>
+      <c r="B156" s="42">
+        <v>140</v>
+      </c>
+      <c r="C156" s="42">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D156" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" s="43"/>
+      <c r="F156" s="63">
+        <v>1.2150000000000001</v>
+      </c>
+      <c r="G156" s="63"/>
+      <c r="H156" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I156" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J156" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K156" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="16">
+        <v>157</v>
+      </c>
+      <c r="B157" s="42">
+        <v>140</v>
+      </c>
+      <c r="C157" s="42">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D157" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E157" s="43"/>
+      <c r="F157" s="63">
+        <v>0.9</v>
+      </c>
+      <c r="G157" s="63"/>
+      <c r="H157" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I157" s="44"/>
+      <c r="J157" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K157" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="16">
+        <v>158</v>
+      </c>
+      <c r="B158" s="42">
+        <v>140</v>
+      </c>
+      <c r="C158" s="42">
+        <v>19</v>
+      </c>
+      <c r="D158" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E158" s="43"/>
+      <c r="F158" s="63">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="G158" s="63"/>
+      <c r="H158" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I158" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J158" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K158" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="16">
+        <v>159</v>
+      </c>
+      <c r="B159" s="48">
+        <v>140</v>
+      </c>
+      <c r="C159" s="48">
+        <v>10.6</v>
+      </c>
+      <c r="D159" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E159" s="43"/>
+      <c r="F159" s="63">
+        <v>0.5</v>
+      </c>
+      <c r="G159" s="63"/>
+      <c r="H159" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I159" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J159" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K159" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="16">
+        <v>160</v>
+      </c>
+      <c r="B160" s="48">
+        <v>140</v>
+      </c>
+      <c r="C160" s="48">
+        <v>36</v>
+      </c>
+      <c r="D160" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" s="43"/>
+      <c r="F160" s="63">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="G160" s="63"/>
+      <c r="H160" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I160" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J160" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K160" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="16">
+        <v>161</v>
+      </c>
+      <c r="B161" s="42">
+        <v>146</v>
+      </c>
+      <c r="C161" s="42">
+        <v>7.7</v>
+      </c>
+      <c r="D161" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" s="43"/>
+      <c r="F161" s="63">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="G161" s="63"/>
+      <c r="H161" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I161" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J161" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K161" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="16">
+        <v>162</v>
+      </c>
+      <c r="B162" s="42">
+        <v>146</v>
+      </c>
+      <c r="C162" s="42">
+        <v>8.5</v>
+      </c>
+      <c r="D162" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E162" s="43"/>
+      <c r="F162" s="63">
+        <v>0.313</v>
+      </c>
+      <c r="G162" s="63"/>
+      <c r="H162" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I162" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J162" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K162" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="16">
+        <v>163</v>
+      </c>
+      <c r="B163" s="42">
+        <v>146.1</v>
+      </c>
+      <c r="C163" s="42">
+        <v>7</v>
+      </c>
+      <c r="D163" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E163" s="43"/>
+      <c r="F163" s="63">
+        <v>0.20499999999999999</v>
+      </c>
+      <c r="G163" s="63"/>
+      <c r="H163" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I163" s="44"/>
+      <c r="J163" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K163" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="16">
+        <v>164</v>
+      </c>
+      <c r="B164" s="42">
+        <v>146.05000000000001</v>
+      </c>
+      <c r="C164" s="42">
+        <v>8.5</v>
+      </c>
+      <c r="D164" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" s="43"/>
+      <c r="F164" s="63">
+        <v>0.34399999999999997</v>
+      </c>
+      <c r="G164" s="63"/>
+      <c r="H164" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I164" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J164" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K164" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="16">
+        <v>165</v>
+      </c>
+      <c r="B165" s="42">
+        <v>146.1</v>
+      </c>
+      <c r="C165" s="42">
+        <v>8.5</v>
+      </c>
+      <c r="D165" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E165" s="43"/>
+      <c r="F165" s="63">
+        <v>9.8320000000000007</v>
+      </c>
+      <c r="G165" s="63"/>
+      <c r="H165" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I165" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J165" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K165" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="16">
+        <v>166</v>
+      </c>
+      <c r="B166" s="42">
+        <v>146.1</v>
+      </c>
+      <c r="C166" s="42">
+        <v>8.5</v>
+      </c>
+      <c r="D166" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E166" s="43"/>
+      <c r="F166" s="63">
+        <v>7.5519999999999996</v>
+      </c>
+      <c r="G166" s="63"/>
+      <c r="H166" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I166" s="44"/>
+      <c r="J166" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K166" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="16">
+        <v>167</v>
+      </c>
+      <c r="B167" s="42">
+        <v>146</v>
+      </c>
+      <c r="C167" s="42">
+        <v>9.5</v>
+      </c>
+      <c r="D167" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" s="42"/>
+      <c r="F167" s="63">
+        <v>0.61699999999999999</v>
+      </c>
+      <c r="G167" s="63"/>
+      <c r="H167" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I167" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J167" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K167" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="16">
+        <v>168</v>
+      </c>
+      <c r="B168" s="42">
+        <v>146</v>
+      </c>
+      <c r="C168" s="42">
+        <v>10</v>
+      </c>
+      <c r="D168" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E168" s="43"/>
+      <c r="F168" s="63">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="G168" s="63"/>
+      <c r="H168" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I168" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J168" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K168" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="16">
+        <v>169</v>
+      </c>
+      <c r="B169" s="42">
+        <v>146.1</v>
+      </c>
+      <c r="C169" s="42">
+        <v>10.7</v>
+      </c>
+      <c r="D169" s="42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="43"/>
+      <c r="F169" s="63">
+        <v>0.38</v>
+      </c>
+      <c r="G169" s="63"/>
+      <c r="H169" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I169" s="45">
+        <v>125000</v>
+      </c>
+      <c r="J169" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K169" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="16">
+        <v>170</v>
+      </c>
+      <c r="B170" s="42">
+        <v>146</v>
+      </c>
+      <c r="C170" s="42">
+        <v>28</v>
+      </c>
+      <c r="D170" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" s="43"/>
+      <c r="F170" s="63">
+        <v>0.66100000000000003</v>
+      </c>
+      <c r="G170" s="63"/>
+      <c r="H170" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I170" s="45">
+        <v>228000</v>
+      </c>
+      <c r="J170" s="46">
+        <v>218000</v>
+      </c>
+      <c r="K170" s="46">
+        <v>208000</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="16">
+        <v>171</v>
+      </c>
+      <c r="B171" s="42">
+        <v>146</v>
+      </c>
+      <c r="C171" s="42">
+        <v>28</v>
+      </c>
+      <c r="D171" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" s="43"/>
+      <c r="F171" s="63">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="G171" s="63"/>
+      <c r="H171" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I171" s="44"/>
+      <c r="J171" s="46">
+        <v>218000</v>
+      </c>
+      <c r="K171" s="46">
+        <v>208000</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="16">
+        <v>172</v>
+      </c>
+      <c r="B172" s="42">
+        <v>146</v>
+      </c>
+      <c r="C172" s="42">
+        <v>30</v>
+      </c>
+      <c r="D172" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" s="43"/>
+      <c r="F172" s="63">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="G172" s="63"/>
+      <c r="H172" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I172" s="45">
+        <v>228000</v>
+      </c>
+      <c r="J172" s="46">
+        <v>218000</v>
+      </c>
+      <c r="K172" s="46">
+        <v>208000</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="16">
+        <v>173</v>
+      </c>
+      <c r="B173" s="48">
+        <v>152</v>
+      </c>
+      <c r="C173" s="48">
+        <v>14</v>
+      </c>
+      <c r="D173" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E173" s="58"/>
+      <c r="F173" s="69">
+        <v>0.318</v>
+      </c>
+      <c r="G173" s="69"/>
+      <c r="H173" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I173" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J173" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K173" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="16">
+        <v>174</v>
+      </c>
+      <c r="B174" s="42">
+        <v>159</v>
+      </c>
+      <c r="C174" s="42">
+        <v>6</v>
+      </c>
+      <c r="D174" s="49" t="s">
+        <v>75</v>
+      </c>
+      <c r="E174" s="59"/>
+      <c r="F174" s="63">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="G174" s="63"/>
+      <c r="H174" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I174" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J174" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K174" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="16">
+        <v>175</v>
+      </c>
+      <c r="B175" s="42">
+        <v>159</v>
+      </c>
+      <c r="C175" s="42">
+        <v>6</v>
+      </c>
+      <c r="D175" s="60">
+        <v>20</v>
+      </c>
+      <c r="E175" s="59"/>
+      <c r="F175" s="63">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="G175" s="63"/>
+      <c r="H175" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I175" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J175" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K175" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="16">
+        <v>176</v>
+      </c>
+      <c r="B176" s="42">
+        <v>159</v>
+      </c>
+      <c r="C176" s="42">
+        <v>20</v>
+      </c>
+      <c r="D176" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E176" s="43"/>
+      <c r="F176" s="63">
+        <v>0.13</v>
+      </c>
+      <c r="G176" s="63"/>
+      <c r="H176" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I176" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J176" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K176" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="16">
+        <v>177</v>
+      </c>
+      <c r="B177" s="42">
+        <v>159</v>
+      </c>
+      <c r="C177" s="42">
+        <v>28</v>
+      </c>
+      <c r="D177" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" s="43"/>
+      <c r="F177" s="63">
+        <v>0.19</v>
+      </c>
+      <c r="G177" s="63"/>
+      <c r="H177" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I177" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J177" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K177" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="16">
+        <v>178</v>
+      </c>
+      <c r="B178" s="42">
+        <v>168</v>
+      </c>
+      <c r="C178" s="42">
+        <v>18</v>
+      </c>
+      <c r="D178" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="E178" s="43"/>
+      <c r="F178" s="63">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="G178" s="63"/>
+      <c r="H178" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I178" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J178" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K178" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="16">
+        <v>179</v>
+      </c>
+      <c r="B179" s="42">
+        <v>168</v>
+      </c>
+      <c r="C179" s="42">
+        <v>8.9</v>
+      </c>
+      <c r="D179" s="42" t="s">
+        <v>57</v>
+      </c>
+      <c r="E179" s="43"/>
+      <c r="F179" s="63">
+        <v>1.294</v>
+      </c>
+      <c r="G179" s="63"/>
+      <c r="H179" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I179" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J179" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K179" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="16">
+        <v>180</v>
+      </c>
+      <c r="B180" s="42">
+        <v>168</v>
+      </c>
+      <c r="C180" s="42">
+        <v>8.9</v>
+      </c>
+      <c r="D180" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E180" s="43"/>
+      <c r="F180" s="63">
+        <v>12.941000000000001</v>
+      </c>
+      <c r="G180" s="63"/>
+      <c r="H180" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I180" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J180" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K180" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="16">
+        <v>181</v>
+      </c>
+      <c r="B181" s="48">
+        <v>168</v>
+      </c>
+      <c r="C181" s="48">
+        <v>8.9</v>
+      </c>
+      <c r="D181" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E181" s="43"/>
+      <c r="F181" s="63">
+        <v>6.13</v>
+      </c>
+      <c r="G181" s="63"/>
+      <c r="H181" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I181" s="54"/>
+      <c r="J181" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K181" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="16">
+        <v>182</v>
+      </c>
+      <c r="B182" s="48">
+        <v>168.28</v>
+      </c>
+      <c r="C182" s="48">
+        <v>8.94</v>
+      </c>
+      <c r="D182" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E182" s="43"/>
+      <c r="F182" s="63">
+        <v>1.657</v>
+      </c>
+      <c r="G182" s="63"/>
+      <c r="H182" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I182" s="53">
+        <v>120000</v>
+      </c>
+      <c r="J182" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K182" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="16">
+        <v>183</v>
+      </c>
+      <c r="B183" s="42">
+        <v>168.28</v>
+      </c>
+      <c r="C183" s="42">
+        <v>8.94</v>
+      </c>
+      <c r="D183" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E183" s="43"/>
+      <c r="F183" s="63">
+        <v>4.1550000000000002</v>
+      </c>
+      <c r="G183" s="63"/>
+      <c r="H183" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I183" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J183" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K183" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="16">
+        <v>184</v>
+      </c>
+      <c r="B184" s="42">
+        <v>168.28</v>
+      </c>
+      <c r="C184" s="42">
+        <v>8.94</v>
+      </c>
+      <c r="D184" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" s="43"/>
+      <c r="F184" s="63">
+        <v>0.40200000000000002</v>
+      </c>
+      <c r="G184" s="63"/>
+      <c r="H184" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="I184" s="44"/>
+      <c r="J184" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K184" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="16">
+        <v>185</v>
+      </c>
+      <c r="B185" s="42">
+        <v>168.28</v>
+      </c>
+      <c r="C185" s="42">
+        <v>8.94</v>
+      </c>
+      <c r="D185" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E185" s="43"/>
+      <c r="F185" s="63">
+        <v>6.4640000000000004</v>
+      </c>
+      <c r="G185" s="63"/>
+      <c r="H185" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I185" s="44"/>
+      <c r="J185" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K185" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="186" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="16">
+        <v>186</v>
+      </c>
+      <c r="B186" s="42">
+        <v>168.3</v>
+      </c>
+      <c r="C186" s="42">
+        <v>8.94</v>
+      </c>
+      <c r="D186" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" s="43"/>
+      <c r="F186" s="63">
+        <v>0.85499999999999998</v>
+      </c>
+      <c r="G186" s="63"/>
+      <c r="H186" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I186" s="44"/>
+      <c r="J186" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K186" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="16">
+        <v>187</v>
+      </c>
+      <c r="B187" s="42">
+        <v>168.28</v>
+      </c>
+      <c r="C187" s="42">
+        <v>10.59</v>
+      </c>
+      <c r="D187" s="42" t="s">
+        <v>107</v>
+      </c>
+      <c r="E187" s="43"/>
+      <c r="F187" s="63">
+        <v>0.26500000000000001</v>
+      </c>
+      <c r="G187" s="63"/>
+      <c r="H187" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I187" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J187" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K187" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="16">
+        <v>188</v>
+      </c>
+      <c r="B188" s="42">
+        <v>168.28</v>
+      </c>
+      <c r="C188" s="42">
+        <v>10.59</v>
+      </c>
+      <c r="D188" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E188" s="43"/>
+      <c r="F188" s="63">
+        <v>1.9319999999999999</v>
+      </c>
+      <c r="G188" s="63"/>
+      <c r="H188" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I188" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J188" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K188" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="16">
+        <v>189</v>
+      </c>
+      <c r="B189" s="42">
+        <v>168</v>
+      </c>
+      <c r="C189" s="42">
+        <v>20</v>
+      </c>
+      <c r="D189" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E189" s="43"/>
+      <c r="F189" s="63">
+        <v>0.96</v>
+      </c>
+      <c r="G189" s="63"/>
+      <c r="H189" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I189" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J189" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K189" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="16">
+        <v>190</v>
+      </c>
+      <c r="B190" s="42">
+        <v>177.8</v>
+      </c>
+      <c r="C190" s="42">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D190" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E190" s="43"/>
+      <c r="F190" s="63">
+        <v>18.21</v>
+      </c>
+      <c r="G190" s="63"/>
+      <c r="H190" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I190" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J190" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K190" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="16">
+        <v>191</v>
+      </c>
+      <c r="B191" s="42">
+        <v>177.8</v>
+      </c>
+      <c r="C191" s="42">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D191" s="42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E191" s="43"/>
+      <c r="F191" s="63">
+        <v>5.2969999999999997</v>
+      </c>
+      <c r="G191" s="63"/>
+      <c r="H191" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I191" s="44"/>
+      <c r="J191" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K191" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="16">
+        <v>192</v>
+      </c>
+      <c r="B192" s="42">
+        <v>177.8</v>
+      </c>
+      <c r="C192" s="42">
+        <v>9.19</v>
+      </c>
+      <c r="D192" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E192" s="43"/>
+      <c r="F192" s="63">
+        <v>0.19500000000000001</v>
+      </c>
+      <c r="G192" s="63"/>
+      <c r="H192" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I192" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J192" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K192" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="16">
+        <v>193</v>
+      </c>
+      <c r="B193" s="42">
+        <v>178</v>
+      </c>
+      <c r="C193" s="42">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D193" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E193" s="43"/>
+      <c r="F193" s="63">
+        <v>200</v>
+      </c>
+      <c r="G193" s="63"/>
+      <c r="H193" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I193" s="45">
+        <v>140000</v>
+      </c>
+      <c r="J193" s="46">
+        <v>130000</v>
+      </c>
+      <c r="K193" s="46">
+        <v>120000</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="16">
+        <v>194</v>
+      </c>
+      <c r="B194" s="42">
+        <v>178</v>
+      </c>
+      <c r="C194" s="42">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D194" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E194" s="43"/>
+      <c r="F194" s="63">
+        <v>2.8450000000000002</v>
+      </c>
+      <c r="G194" s="63"/>
+      <c r="H194" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I194" s="44"/>
+      <c r="J194" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K194" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="16">
+        <v>195</v>
+      </c>
+      <c r="B195" s="42">
+        <v>178</v>
+      </c>
+      <c r="C195" s="42">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D195" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" s="43"/>
+      <c r="F195" s="63">
+        <v>1.0880000000000001</v>
+      </c>
+      <c r="G195" s="63"/>
+      <c r="H195" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I195" s="44"/>
+      <c r="J195" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K195" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="16">
+        <v>196</v>
+      </c>
+      <c r="B196" s="42">
+        <v>178</v>
+      </c>
+      <c r="C196" s="42">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D196" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E196" s="43"/>
+      <c r="F196" s="63">
+        <v>159.02500000000001</v>
+      </c>
+      <c r="G196" s="63"/>
+      <c r="H196" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I196" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J196" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K196" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="197" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="16">
+        <v>197</v>
+      </c>
+      <c r="B197" s="55">
+        <v>178</v>
+      </c>
+      <c r="C197" s="55">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D197" s="55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" s="43"/>
+      <c r="F197" s="70">
+        <v>13.347</v>
+      </c>
+      <c r="G197" s="70"/>
+      <c r="H197" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I197" s="59"/>
+      <c r="J197" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K197" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="198" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="16">
+        <v>198</v>
+      </c>
+      <c r="B198" s="48">
+        <v>177.8</v>
+      </c>
+      <c r="C198" s="48">
+        <v>10.36</v>
+      </c>
+      <c r="D198" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E198" s="43"/>
+      <c r="F198" s="63">
+        <v>0.51500000000000001</v>
+      </c>
+      <c r="G198" s="63"/>
+      <c r="H198" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I198" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J198" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K198" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="199" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="16">
+        <v>199</v>
+      </c>
+      <c r="B199" s="48" t="s">
+        <v>37</v>
+      </c>
+      <c r="C199" s="48">
+        <v>10.36</v>
+      </c>
+      <c r="D199" s="48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" s="43"/>
+      <c r="F199" s="63">
+        <v>1.0920000000000001</v>
+      </c>
+      <c r="G199" s="63"/>
+      <c r="H199" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I199" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J199" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K199" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="200" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="16">
+        <v>200</v>
+      </c>
+      <c r="B200" s="48">
+        <v>178</v>
+      </c>
+      <c r="C200" s="48">
+        <v>12.7</v>
+      </c>
+      <c r="D200" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" s="43"/>
+      <c r="F200" s="63">
+        <v>4.2549999999999999</v>
+      </c>
+      <c r="G200" s="63"/>
+      <c r="H200" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I200" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J200" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K200" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="16">
+        <v>201</v>
+      </c>
+      <c r="B201" s="48">
+        <v>178</v>
+      </c>
+      <c r="C201" s="48">
+        <v>13.72</v>
+      </c>
+      <c r="D201" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E201" s="43"/>
+      <c r="F201" s="63">
+        <v>1.8149999999999999</v>
+      </c>
+      <c r="G201" s="63"/>
+      <c r="H201" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I201" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J201" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K201" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="16">
+        <v>202</v>
+      </c>
+      <c r="B202" s="42">
+        <v>180</v>
+      </c>
+      <c r="C202" s="42">
         <v>22</v>
       </c>
-      <c r="G3" s="5"/>
-[...5 lines deleted...]
-      <c r="B4" s="6" t="s">
+      <c r="D202" s="44" t="s">
+        <v>68</v>
+      </c>
+      <c r="E202" s="43"/>
+      <c r="F202" s="63">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="G202" s="63"/>
+      <c r="H202" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I202" s="45">
+        <v>170000</v>
+      </c>
+      <c r="J202" s="46">
+        <v>160000</v>
+      </c>
+      <c r="K202" s="46">
+        <v>140000</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="16">
+        <v>203</v>
+      </c>
+      <c r="B203" s="42">
+        <v>180</v>
+      </c>
+      <c r="C203" s="42">
+        <v>22</v>
+      </c>
+      <c r="D203" s="59" t="s">
+        <v>68</v>
+      </c>
+      <c r="E203" s="43"/>
+      <c r="F203" s="63">
+        <v>0.21</v>
+      </c>
+      <c r="G203" s="63"/>
+      <c r="H203" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I203" s="44"/>
+      <c r="J203" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K203" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="16">
+        <v>204</v>
+      </c>
+      <c r="B204" s="42">
+        <v>190</v>
+      </c>
+      <c r="C204" s="42">
+        <v>24</v>
+      </c>
+      <c r="D204" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E204" s="43"/>
+      <c r="F204" s="63">
+        <v>1.01</v>
+      </c>
+      <c r="G204" s="63"/>
+      <c r="H204" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I204" s="45">
+        <v>120000</v>
+      </c>
+      <c r="J204" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K204" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="16">
+        <v>205</v>
+      </c>
+      <c r="B205" s="42">
+        <v>190</v>
+      </c>
+      <c r="C205" s="42">
+        <v>28</v>
+      </c>
+      <c r="D205" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" s="43"/>
+      <c r="F205" s="63">
+        <v>0.68500000000000005</v>
+      </c>
+      <c r="G205" s="63"/>
+      <c r="H205" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I205" s="45">
+        <v>228000</v>
+      </c>
+      <c r="J205" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K205" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="206" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="16">
+        <v>206</v>
+      </c>
+      <c r="B206" s="42">
+        <v>194</v>
+      </c>
+      <c r="C206" s="42">
+        <v>50</v>
+      </c>
+      <c r="D206" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E206" s="43"/>
+      <c r="F206" s="63">
+        <v>1.0820000000000001</v>
+      </c>
+      <c r="G206" s="63"/>
+      <c r="H206" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I206" s="45">
+        <v>228000</v>
+      </c>
+      <c r="J206" s="46">
+        <v>218000</v>
+      </c>
+      <c r="K206" s="46">
+        <v>208000</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="16">
+        <v>207</v>
+      </c>
+      <c r="B207" s="48">
+        <v>203</v>
+      </c>
+      <c r="C207" s="48">
+        <v>40</v>
+      </c>
+      <c r="D207" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" s="43"/>
+      <c r="F207" s="63">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="G207" s="63"/>
+      <c r="H207" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I207" s="45">
+        <v>228000</v>
+      </c>
+      <c r="J207" s="46">
+        <v>218000</v>
+      </c>
+      <c r="K207" s="46">
+        <v>208000</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="16">
+        <v>208</v>
+      </c>
+      <c r="B208" s="48">
+        <v>203</v>
+      </c>
+      <c r="C208" s="48">
+        <v>45</v>
+      </c>
+      <c r="D208" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" s="43"/>
+      <c r="F208" s="63">
+        <v>1.4710000000000001</v>
+      </c>
+      <c r="G208" s="63"/>
+      <c r="H208" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I208" s="45">
+        <v>228000</v>
+      </c>
+      <c r="J208" s="46">
+        <v>218000</v>
+      </c>
+      <c r="K208" s="46">
+        <v>208000</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="16">
+        <v>209</v>
+      </c>
+      <c r="B209" s="48">
+        <v>203</v>
+      </c>
+      <c r="C209" s="48">
+        <v>45</v>
+      </c>
+      <c r="D209" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" s="43"/>
+      <c r="F209" s="63">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="G209" s="63"/>
+      <c r="H209" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I209" s="44"/>
+      <c r="J209" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K209" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="16">
+        <v>210</v>
+      </c>
+      <c r="B210" s="54">
+        <v>219</v>
+      </c>
+      <c r="C210" s="54">
+        <v>8</v>
+      </c>
+      <c r="D210" s="54" t="s">
+        <v>94</v>
+      </c>
+      <c r="E210" s="43"/>
+      <c r="F210" s="63">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="G210" s="63"/>
+      <c r="H210" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I210" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J210" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K210" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="16">
+        <v>211</v>
+      </c>
+      <c r="B211" s="54">
+        <v>219</v>
+      </c>
+      <c r="C211" s="54">
+        <v>8</v>
+      </c>
+      <c r="D211" s="54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E211" s="43"/>
+      <c r="F211" s="64">
+        <v>0.44500000000000001</v>
+      </c>
+      <c r="G211" s="64"/>
+      <c r="H211" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I211" s="44"/>
+      <c r="J211" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K211" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="16">
+        <v>212</v>
+      </c>
+      <c r="B212" s="48">
+        <v>219</v>
+      </c>
+      <c r="C212" s="48">
+        <v>11.4</v>
+      </c>
+      <c r="D212" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E212" s="43"/>
+      <c r="F212" s="64">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="G212" s="64"/>
+      <c r="H212" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I212" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J212" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K212" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="16">
+        <v>213</v>
+      </c>
+      <c r="B213" s="48">
+        <v>219</v>
+      </c>
+      <c r="C213" s="48">
+        <v>25</v>
+      </c>
+      <c r="D213" s="48" t="s">
+        <v>67</v>
+      </c>
+      <c r="E213" s="43"/>
+      <c r="F213" s="64">
+        <v>0.52</v>
+      </c>
+      <c r="G213" s="64"/>
+      <c r="H213" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I213" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J213" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K213" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="16">
+        <v>214</v>
+      </c>
+      <c r="B214" s="48">
+        <v>219</v>
+      </c>
+      <c r="C214" s="48">
+        <v>30</v>
+      </c>
+      <c r="D214" s="48" t="s">
+        <v>108</v>
+      </c>
+      <c r="E214" s="43"/>
+      <c r="F214" s="63">
+        <v>0.90800000000000003</v>
+      </c>
+      <c r="G214" s="63"/>
+      <c r="H214" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I214" s="45">
+        <v>150000</v>
+      </c>
+      <c r="J214" s="46">
+        <v>140000</v>
+      </c>
+      <c r="K214" s="46">
+        <v>130000</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="16">
+        <v>215</v>
+      </c>
+      <c r="B215" s="48">
+        <v>219</v>
+      </c>
+      <c r="C215" s="48">
+        <v>30</v>
+      </c>
+      <c r="D215" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" s="43"/>
+      <c r="F215" s="63">
+        <v>0.41899999999999998</v>
+      </c>
+      <c r="G215" s="63"/>
+      <c r="H215" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I215" s="44"/>
+      <c r="J215" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K215" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="16">
+        <v>216</v>
+      </c>
+      <c r="B216" s="54">
+        <v>244.48</v>
+      </c>
+      <c r="C216" s="54">
+        <v>11.99</v>
+      </c>
+      <c r="D216" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" s="43"/>
+      <c r="F216" s="63">
+        <v>0.52100000000000002</v>
+      </c>
+      <c r="G216" s="63"/>
+      <c r="H216" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I216" s="45">
+        <v>198000</v>
+      </c>
+      <c r="J216" s="46">
+        <v>198000</v>
+      </c>
+      <c r="K216" s="46">
+        <v>198000</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="16">
+        <v>217</v>
+      </c>
+      <c r="B217" s="54">
+        <v>245</v>
+      </c>
+      <c r="C217" s="54">
+        <v>8.9</v>
+      </c>
+      <c r="D217" s="54" t="s">
+        <v>8</v>
+      </c>
+      <c r="E217" s="43"/>
+      <c r="F217" s="63">
+        <v>1.823</v>
+      </c>
+      <c r="G217" s="63"/>
+      <c r="H217" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I217" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J217" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K217" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="16">
+        <v>218</v>
+      </c>
+      <c r="B218" s="54">
+        <v>245</v>
+      </c>
+      <c r="C218" s="54">
+        <v>20</v>
+      </c>
+      <c r="D218" s="54" t="s">
+        <v>7</v>
+      </c>
+      <c r="E218" s="43"/>
+      <c r="F218" s="63">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="G218" s="63"/>
+      <c r="H218" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I218" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J218" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K218" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="16">
+        <v>219</v>
+      </c>
+      <c r="B219" s="54">
+        <v>269.88</v>
+      </c>
+      <c r="C219" s="54">
+        <v>21.7</v>
+      </c>
+      <c r="D219" s="54" t="s">
+        <v>9</v>
+      </c>
+      <c r="E219" s="43"/>
+      <c r="F219" s="63">
+        <v>2.415</v>
+      </c>
+      <c r="G219" s="63"/>
+      <c r="H219" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I219" s="45">
+        <v>115000</v>
+      </c>
+      <c r="J219" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K219" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="16">
+        <v>221</v>
+      </c>
+      <c r="B220" s="54">
+        <v>269.89999999999998</v>
+      </c>
+      <c r="C220" s="54">
+        <v>21.7</v>
+      </c>
+      <c r="D220" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" s="43"/>
+      <c r="F220" s="63">
+        <v>5.2140000000000004</v>
+      </c>
+      <c r="G220" s="63"/>
+      <c r="H220" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I220" s="44"/>
+      <c r="J220" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K220" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="16">
+        <v>222</v>
+      </c>
+      <c r="B221" s="54">
+        <v>269.89999999999998</v>
+      </c>
+      <c r="C221" s="54">
+        <v>21.7</v>
+      </c>
+      <c r="D221" s="54" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="43"/>
+      <c r="F221" s="63">
+        <v>1.36</v>
+      </c>
+      <c r="G221" s="63"/>
+      <c r="H221" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I221" s="54"/>
+      <c r="J221" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K221" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="16">
+        <v>223</v>
+      </c>
+      <c r="B222" s="48">
+        <v>245</v>
+      </c>
+      <c r="C222" s="48">
+        <v>8.9</v>
+      </c>
+      <c r="D222" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E222" s="43" t="s">
         <v>99</v>
       </c>
-      <c r="C4" s="49">
-[...94 lines deleted...]
-      <c r="A10" s="33">
+      <c r="F222" s="63">
+        <v>1.823</v>
+      </c>
+      <c r="G222" s="63"/>
+      <c r="H222" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I222" s="53">
+        <v>115000</v>
+      </c>
+      <c r="J222" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K222" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="16">
+        <v>224</v>
+      </c>
+      <c r="B223" s="42">
+        <v>270.60000000000002</v>
+      </c>
+      <c r="C223" s="42">
+        <v>22</v>
+      </c>
+      <c r="D223" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="E223" s="43"/>
+      <c r="F223" s="63">
+        <v>96.561999999999998</v>
+      </c>
+      <c r="G223" s="63"/>
+      <c r="H223" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I223" s="54"/>
+      <c r="J223" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K223" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="16">
+        <v>225</v>
+      </c>
+      <c r="B224" s="42">
+        <v>270.60000000000002</v>
+      </c>
+      <c r="C224" s="42">
+        <v>22</v>
+      </c>
+      <c r="D224" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" s="43"/>
+      <c r="F224" s="63">
+        <v>4.75</v>
+      </c>
+      <c r="G224" s="63"/>
+      <c r="H224" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I224" s="53">
+        <v>228000</v>
+      </c>
+      <c r="J224" s="46">
+        <v>218000</v>
+      </c>
+      <c r="K224" s="46">
+        <v>208000</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="16">
+        <v>226</v>
+      </c>
+      <c r="B225" s="50">
+        <v>273</v>
+      </c>
+      <c r="C225" s="50">
+        <v>18</v>
+      </c>
+      <c r="D225" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="E225" s="43"/>
+      <c r="F225" s="67">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="G225" s="67"/>
+      <c r="H225" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I225" s="46">
+        <v>198000</v>
+      </c>
+      <c r="J225" s="46">
+        <v>178000</v>
+      </c>
+      <c r="K225" s="46">
+        <v>158000</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="16">
+        <v>227</v>
+      </c>
+      <c r="B226" s="50">
+        <v>273</v>
+      </c>
+      <c r="C226" s="50">
+        <v>27</v>
+      </c>
+      <c r="D226" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="E226" s="43"/>
+      <c r="F226" s="67">
+        <v>3.2490000000000001</v>
+      </c>
+      <c r="G226" s="67"/>
+      <c r="H226" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I226" s="46">
+        <v>198000</v>
+      </c>
+      <c r="J226" s="46">
+        <v>178000</v>
+      </c>
+      <c r="K226" s="46">
+        <v>158000</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="16">
+        <v>228</v>
+      </c>
+      <c r="B227" s="50">
+        <v>273</v>
+      </c>
+      <c r="C227" s="50">
+        <v>30</v>
+      </c>
+      <c r="D227" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" s="43"/>
+      <c r="F227" s="67">
+        <v>4.1790000000000003</v>
+      </c>
+      <c r="G227" s="67"/>
+      <c r="H227" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I227" s="46">
+        <v>228000</v>
+      </c>
+      <c r="J227" s="46">
+        <v>218000</v>
+      </c>
+      <c r="K227" s="46">
+        <v>208000</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="16">
+        <v>229</v>
+      </c>
+      <c r="B228" s="50">
+        <v>324</v>
+      </c>
+      <c r="C228" s="50">
+        <v>9.5</v>
+      </c>
+      <c r="D228" s="50" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="6" t="s">
-[...60 lines deleted...]
-      <c r="A14" s="33">
+      <c r="E228" s="43"/>
+      <c r="F228" s="67">
+        <v>3.59</v>
+      </c>
+      <c r="G228" s="67"/>
+      <c r="H228" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I228" s="46">
+        <v>115000</v>
+      </c>
+      <c r="J228" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K228" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="16">
+        <v>230</v>
+      </c>
+      <c r="B229" s="47">
+        <v>325</v>
+      </c>
+      <c r="C229" s="47">
+        <v>38</v>
+      </c>
+      <c r="D229" s="42" t="s">
+        <v>66</v>
+      </c>
+      <c r="E229" s="43"/>
+      <c r="F229" s="64">
+        <v>1.196</v>
+      </c>
+      <c r="G229" s="64"/>
+      <c r="H229" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I229" s="49"/>
+      <c r="J229" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K229" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="16">
+        <v>231</v>
+      </c>
+      <c r="B230" s="47">
+        <v>351</v>
+      </c>
+      <c r="C230" s="47">
+        <v>20</v>
+      </c>
+      <c r="D230" s="42" t="s">
+        <v>67</v>
+      </c>
+      <c r="E230" s="43"/>
+      <c r="F230" s="64">
+        <v>1.1299999999999999</v>
+      </c>
+      <c r="G230" s="64"/>
+      <c r="H230" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I230" s="46">
+        <v>150000</v>
+      </c>
+      <c r="J230" s="46">
+        <v>140000</v>
+      </c>
+      <c r="K230" s="46">
+        <v>130000</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="16">
+        <v>232</v>
+      </c>
+      <c r="B231" s="47">
+        <v>351</v>
+      </c>
+      <c r="C231" s="47">
+        <v>25</v>
+      </c>
+      <c r="D231" s="42" t="s">
+        <v>67</v>
+      </c>
+      <c r="E231" s="43"/>
+      <c r="F231" s="64">
+        <v>1.2350000000000001</v>
+      </c>
+      <c r="G231" s="64"/>
+      <c r="H231" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I231" s="46">
+        <v>150000</v>
+      </c>
+      <c r="J231" s="46">
+        <v>140000</v>
+      </c>
+      <c r="K231" s="46">
+        <v>130000</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="54.95" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="16">
+        <v>233</v>
+      </c>
+      <c r="B232" s="47">
+        <v>351</v>
+      </c>
+      <c r="C232" s="47">
+        <v>30</v>
+      </c>
+      <c r="D232" s="42" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="20" t="s">
-[...63 lines deleted...]
-      <c r="B18" s="19" t="s">
+      <c r="E232" s="43"/>
+      <c r="F232" s="64">
+        <v>0.71199999999999997</v>
+      </c>
+      <c r="G232" s="64"/>
+      <c r="H232" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I232" s="49"/>
+      <c r="J232" s="46">
+        <v>110000</v>
+      </c>
+      <c r="K232" s="46">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="16">
+        <v>234</v>
+      </c>
+      <c r="B233" s="47">
+        <v>465</v>
+      </c>
+      <c r="C233" s="47">
+        <v>28</v>
+      </c>
+      <c r="D233" s="42" t="s">
+        <v>95</v>
+      </c>
+      <c r="E233" s="43"/>
+      <c r="F233" s="64">
+        <v>2.1</v>
+      </c>
+      <c r="G233" s="64"/>
+      <c r="H233" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="I233" s="46">
+        <v>190000</v>
+      </c>
+      <c r="J233" s="46">
+        <v>170000</v>
+      </c>
+      <c r="K233" s="46">
+        <v>150000</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11" ht="18" x14ac:dyDescent="0.25">
+      <c r="A234" s="61" t="s">
         <v>111</v>
       </c>
-      <c r="C18" s="51">
-[...4898 lines deleted...]
-      <c r="F329" s="36"/>
+      <c r="B234" s="62"/>
+      <c r="C234" s="62"/>
+      <c r="D234" s="62"/>
+      <c r="E234" s="62"/>
+      <c r="F234" s="62"/>
+      <c r="G234" s="62"/>
+      <c r="H234" s="62"/>
+      <c r="I234" s="62"/>
+      <c r="J234" s="62"/>
+      <c r="K234" s="62"/>
+    </row>
+    <row r="235" spans="1:11" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="37"/>
+      <c r="B235" s="37"/>
+      <c r="C235" s="37"/>
+      <c r="D235" s="38"/>
+      <c r="E235" s="37"/>
+      <c r="F235" s="37"/>
+      <c r="G235" s="37"/>
+      <c r="H235" s="37"/>
+      <c r="I235" s="37"/>
+    </row>
+    <row r="236" spans="1:11" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="37"/>
+      <c r="B236" s="37"/>
+      <c r="C236" s="37"/>
+      <c r="D236" s="38"/>
+      <c r="E236" s="37"/>
+      <c r="F236" s="37"/>
+      <c r="G236" s="37"/>
+      <c r="H236" s="37"/>
+      <c r="I236" s="37"/>
+    </row>
+    <row r="237" spans="1:11" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="37"/>
+      <c r="B237" s="37"/>
+      <c r="C237" s="37"/>
+      <c r="D237" s="38"/>
+      <c r="E237" s="37"/>
+      <c r="F237" s="37"/>
+      <c r="G237" s="37"/>
+      <c r="H237" s="37"/>
+      <c r="I237" s="37"/>
+    </row>
+    <row r="238" spans="1:11" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="37"/>
+      <c r="B238" s="37"/>
+      <c r="C238" s="37"/>
+      <c r="D238" s="38"/>
+      <c r="E238" s="37"/>
+      <c r="F238" s="37"/>
+      <c r="G238" s="37"/>
+      <c r="H238" s="37"/>
+      <c r="I238" s="37"/>
+    </row>
+    <row r="239" spans="1:11" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="37"/>
+      <c r="B239" s="37"/>
+      <c r="C239" s="37"/>
+      <c r="D239" s="38"/>
+      <c r="E239" s="37"/>
+      <c r="F239" s="37"/>
+      <c r="G239" s="37"/>
+      <c r="H239" s="37"/>
+      <c r="I239" s="37"/>
+    </row>
+    <row r="240" spans="1:11" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="37"/>
+      <c r="B240" s="37"/>
+      <c r="C240" s="37"/>
+      <c r="D240" s="38"/>
+      <c r="E240" s="37"/>
+      <c r="F240" s="37"/>
+      <c r="G240" s="37"/>
+      <c r="H240" s="37"/>
+      <c r="I240" s="37"/>
+    </row>
+    <row r="241" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="37"/>
+      <c r="B241" s="37"/>
+      <c r="C241" s="37"/>
+      <c r="D241" s="38"/>
+      <c r="E241" s="37"/>
+      <c r="F241" s="37"/>
+      <c r="G241" s="37"/>
+      <c r="H241" s="37"/>
+      <c r="I241" s="37"/>
+    </row>
+    <row r="242" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="37"/>
+      <c r="B242" s="37"/>
+      <c r="C242" s="37"/>
+      <c r="D242" s="38"/>
+      <c r="E242" s="37"/>
+      <c r="F242" s="37"/>
+      <c r="G242" s="37"/>
+      <c r="H242" s="37"/>
+      <c r="I242" s="37"/>
+    </row>
+    <row r="243" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="37"/>
+      <c r="B243" s="37"/>
+      <c r="C243" s="37"/>
+      <c r="D243" s="38"/>
+      <c r="E243" s="37"/>
+      <c r="F243" s="37"/>
+      <c r="G243" s="37"/>
+      <c r="H243" s="37"/>
+      <c r="I243" s="37"/>
+    </row>
+    <row r="244" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D244" s="40"/>
+    </row>
+    <row r="245" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D245" s="40"/>
+    </row>
+    <row r="246" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D246" s="40"/>
+    </row>
+    <row r="247" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D247" s="40"/>
+    </row>
+    <row r="248" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D248" s="40"/>
+    </row>
+    <row r="249" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D249" s="40"/>
     </row>
   </sheetData>
-  <mergeCells count="306">
-[...305 lines deleted...]
-    <mergeCell ref="C270:D270"/>
+  <mergeCells count="234">
+    <mergeCell ref="F194:G194"/>
+    <mergeCell ref="F217:G217"/>
+    <mergeCell ref="F232:G232"/>
+    <mergeCell ref="F193:G193"/>
+    <mergeCell ref="F198:G198"/>
+    <mergeCell ref="F192:G192"/>
+    <mergeCell ref="F124:G124"/>
+    <mergeCell ref="F126:G126"/>
+    <mergeCell ref="F131:G131"/>
+    <mergeCell ref="F151:G151"/>
+    <mergeCell ref="F153:G153"/>
+    <mergeCell ref="F149:G149"/>
+    <mergeCell ref="F141:G141"/>
+    <mergeCell ref="F135:G135"/>
+    <mergeCell ref="F155:G155"/>
+    <mergeCell ref="F154:G154"/>
+    <mergeCell ref="F165:G165"/>
+    <mergeCell ref="F177:G177"/>
+    <mergeCell ref="F180:G180"/>
+    <mergeCell ref="F178:G178"/>
+    <mergeCell ref="F161:G161"/>
+    <mergeCell ref="F134:G134"/>
+    <mergeCell ref="F138:G138"/>
+    <mergeCell ref="F136:G136"/>
+    <mergeCell ref="F114:G114"/>
+    <mergeCell ref="F185:G185"/>
+    <mergeCell ref="F187:G187"/>
+    <mergeCell ref="F94:G94"/>
+    <mergeCell ref="F123:G123"/>
+    <mergeCell ref="F118:G118"/>
+    <mergeCell ref="F96:G96"/>
+    <mergeCell ref="F107:G107"/>
+    <mergeCell ref="F110:G110"/>
+    <mergeCell ref="F109:G109"/>
+    <mergeCell ref="F108:G108"/>
+    <mergeCell ref="F119:G119"/>
+    <mergeCell ref="F112:G112"/>
+    <mergeCell ref="F113:G113"/>
+    <mergeCell ref="F111:G111"/>
+    <mergeCell ref="F105:G105"/>
+    <mergeCell ref="F106:G106"/>
+    <mergeCell ref="F98:G98"/>
+    <mergeCell ref="F99:G99"/>
+    <mergeCell ref="F150:G150"/>
+    <mergeCell ref="F147:G147"/>
+    <mergeCell ref="F148:G148"/>
+    <mergeCell ref="F121:G121"/>
+    <mergeCell ref="F164:G164"/>
+    <mergeCell ref="F137:G137"/>
+    <mergeCell ref="F144:G144"/>
+    <mergeCell ref="F145:G145"/>
+    <mergeCell ref="F142:G142"/>
+    <mergeCell ref="F139:G139"/>
+    <mergeCell ref="F115:G115"/>
+    <mergeCell ref="F122:G122"/>
+    <mergeCell ref="F133:G133"/>
+    <mergeCell ref="F132:G132"/>
+    <mergeCell ref="F130:G130"/>
+    <mergeCell ref="F116:G116"/>
+    <mergeCell ref="F128:G128"/>
+    <mergeCell ref="F140:G140"/>
+    <mergeCell ref="F129:G129"/>
+    <mergeCell ref="F125:G125"/>
+    <mergeCell ref="F120:G120"/>
+    <mergeCell ref="F117:G117"/>
+    <mergeCell ref="F127:G127"/>
+    <mergeCell ref="F159:G159"/>
+    <mergeCell ref="F158:G158"/>
+    <mergeCell ref="F160:G160"/>
+    <mergeCell ref="F152:G152"/>
+    <mergeCell ref="F143:G143"/>
+    <mergeCell ref="F163:G163"/>
+    <mergeCell ref="F167:G167"/>
+    <mergeCell ref="F166:G166"/>
+    <mergeCell ref="F168:G168"/>
+    <mergeCell ref="F156:G156"/>
+    <mergeCell ref="F157:G157"/>
+    <mergeCell ref="F146:G146"/>
+    <mergeCell ref="F195:G195"/>
+    <mergeCell ref="F205:G205"/>
+    <mergeCell ref="F219:G219"/>
+    <mergeCell ref="F229:G229"/>
+    <mergeCell ref="F225:G225"/>
+    <mergeCell ref="F220:G220"/>
+    <mergeCell ref="F196:G196"/>
+    <mergeCell ref="F212:G212"/>
+    <mergeCell ref="F214:G214"/>
+    <mergeCell ref="F215:G215"/>
+    <mergeCell ref="F210:G210"/>
+    <mergeCell ref="F224:G224"/>
+    <mergeCell ref="F197:G197"/>
+    <mergeCell ref="F228:G228"/>
+    <mergeCell ref="F189:G189"/>
+    <mergeCell ref="F191:G191"/>
+    <mergeCell ref="F171:G171"/>
+    <mergeCell ref="F169:G169"/>
+    <mergeCell ref="F182:G182"/>
+    <mergeCell ref="F175:G175"/>
+    <mergeCell ref="F183:G183"/>
+    <mergeCell ref="F162:G162"/>
+    <mergeCell ref="F190:G190"/>
+    <mergeCell ref="F176:G176"/>
+    <mergeCell ref="F173:G173"/>
+    <mergeCell ref="F170:G170"/>
+    <mergeCell ref="F174:G174"/>
+    <mergeCell ref="F172:G172"/>
+    <mergeCell ref="F188:G188"/>
+    <mergeCell ref="F186:G186"/>
+    <mergeCell ref="F179:G179"/>
+    <mergeCell ref="F184:G184"/>
+    <mergeCell ref="F181:G181"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="F45:G45"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="F104:G104"/>
+    <mergeCell ref="F67:G67"/>
+    <mergeCell ref="F90:G90"/>
+    <mergeCell ref="F95:G95"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="F42:G42"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="F43:G43"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="F89:G89"/>
+    <mergeCell ref="F85:G85"/>
+    <mergeCell ref="F91:G91"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="F2:G2"/>
+    <mergeCell ref="F1:G1"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="F221:G221"/>
+    <mergeCell ref="F199:G199"/>
+    <mergeCell ref="F202:G202"/>
+    <mergeCell ref="F203:G203"/>
+    <mergeCell ref="F216:G216"/>
+    <mergeCell ref="F233:G233"/>
+    <mergeCell ref="F213:G213"/>
+    <mergeCell ref="F227:G227"/>
+    <mergeCell ref="F204:G204"/>
+    <mergeCell ref="F222:G222"/>
+    <mergeCell ref="F209:G209"/>
+    <mergeCell ref="F207:G207"/>
+    <mergeCell ref="F208:G208"/>
+    <mergeCell ref="F206:G206"/>
+    <mergeCell ref="F211:G211"/>
+    <mergeCell ref="F226:G226"/>
+    <mergeCell ref="F231:G231"/>
+    <mergeCell ref="F230:G230"/>
+    <mergeCell ref="F218:G218"/>
+    <mergeCell ref="F223:G223"/>
+    <mergeCell ref="F200:G200"/>
+    <mergeCell ref="F201:G201"/>
+    <mergeCell ref="F97:G97"/>
+    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="F64:G64"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="F65:G65"/>
+    <mergeCell ref="F70:G70"/>
+    <mergeCell ref="F88:G88"/>
+    <mergeCell ref="F80:G80"/>
+    <mergeCell ref="F76:G76"/>
+    <mergeCell ref="F79:G79"/>
+    <mergeCell ref="F71:G71"/>
+    <mergeCell ref="F74:G74"/>
+    <mergeCell ref="F86:G86"/>
+    <mergeCell ref="F78:G78"/>
+    <mergeCell ref="F75:G75"/>
+    <mergeCell ref="F81:G81"/>
+    <mergeCell ref="F82:G82"/>
+    <mergeCell ref="F83:G83"/>
+    <mergeCell ref="F84:G84"/>
+    <mergeCell ref="F60:G60"/>
+    <mergeCell ref="F49:G49"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="F59:G59"/>
+    <mergeCell ref="F61:G61"/>
+    <mergeCell ref="F62:G62"/>
+    <mergeCell ref="F66:G66"/>
+    <mergeCell ref="F48:G48"/>
+    <mergeCell ref="F93:G93"/>
+    <mergeCell ref="F92:G92"/>
+    <mergeCell ref="A234:K234"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="F69:G69"/>
+    <mergeCell ref="F72:G72"/>
+    <mergeCell ref="F73:G73"/>
+    <mergeCell ref="F87:G87"/>
+    <mergeCell ref="F102:G102"/>
+    <mergeCell ref="F103:G103"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="F52:G52"/>
+    <mergeCell ref="F63:G63"/>
+    <mergeCell ref="F68:G68"/>
+    <mergeCell ref="F101:G101"/>
+    <mergeCell ref="F57:G57"/>
+    <mergeCell ref="F55:G55"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="F54:G54"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="F56:G56"/>
+    <mergeCell ref="F77:G77"/>
+    <mergeCell ref="F51:G51"/>
+    <mergeCell ref="F58:G58"/>
+    <mergeCell ref="F53:G53"/>
+    <mergeCell ref="F100:G100"/>
   </mergeCells>
-  <phoneticPr fontId="7" type="noConversion"/>
-[...1 lines deleted...]
-  <pageSetup paperSize="9" scale="41" fitToHeight="3" orientation="portrait" r:id="rId1"/>
+  <phoneticPr fontId="2" type="noConversion"/>
+  <pageMargins left="0.51181102362204722" right="0.11811023622047245" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="75" fitToHeight="3" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I248"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView topLeftCell="A215" workbookViewId="0">
+      <selection sqref="A1:I236"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
-  <sheetData/>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" style="15"/>
+    <col min="2" max="2" width="13.85546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.28515625" style="15" customWidth="1"/>
+    <col min="4" max="4" width="18.85546875" style="31" customWidth="1"/>
+    <col min="5" max="5" width="23.28515625" style="15" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" style="15"/>
+    <col min="7" max="7" width="6.5703125" style="15" customWidth="1"/>
+    <col min="8" max="8" width="18.42578125" style="15" customWidth="1"/>
+    <col min="9" max="9" width="20.7109375" style="15" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A1" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="33" t="s">
+        <v>38</v>
+      </c>
+      <c r="C1" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="E1" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="F1" s="68" t="s">
+        <v>2</v>
+      </c>
+      <c r="G1" s="68"/>
+      <c r="H1" s="34" t="s">
+        <v>4</v>
+      </c>
+      <c r="I1" s="34" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="16">
+        <v>1</v>
+      </c>
+      <c r="B2" s="9">
+        <v>33</v>
+      </c>
+      <c r="C2" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D2" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" s="16"/>
+      <c r="F2" s="72">
+        <v>2.7549999999999999</v>
+      </c>
+      <c r="G2" s="72"/>
+      <c r="H2" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="16">
+        <v>2</v>
+      </c>
+      <c r="B3" s="9">
+        <v>33</v>
+      </c>
+      <c r="C3" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D3" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" s="16"/>
+      <c r="F3" s="72">
+        <v>0.155</v>
+      </c>
+      <c r="G3" s="72"/>
+      <c r="H3" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="16">
+        <v>3</v>
+      </c>
+      <c r="B4" s="18">
+        <v>33</v>
+      </c>
+      <c r="C4" s="18">
+        <v>3.5</v>
+      </c>
+      <c r="D4" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="16"/>
+      <c r="F4" s="73">
+        <v>1.7350000000000001</v>
+      </c>
+      <c r="G4" s="73"/>
+      <c r="H4" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="16">
+        <v>4</v>
+      </c>
+      <c r="B5" s="18">
+        <v>33</v>
+      </c>
+      <c r="C5" s="18">
+        <v>3.5</v>
+      </c>
+      <c r="D5" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E5" s="16"/>
+      <c r="F5" s="73">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="G5" s="73"/>
+      <c r="H5" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="16">
+        <v>5</v>
+      </c>
+      <c r="B6" s="18">
+        <v>33</v>
+      </c>
+      <c r="C6" s="18">
+        <v>3.5</v>
+      </c>
+      <c r="D6" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="16"/>
+      <c r="F6" s="73">
+        <v>8.8699999999999992</v>
+      </c>
+      <c r="G6" s="73"/>
+      <c r="H6" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I6" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="16">
+        <v>6</v>
+      </c>
+      <c r="B7" s="7">
+        <v>42.2</v>
+      </c>
+      <c r="C7" s="7">
+        <v>3.5</v>
+      </c>
+      <c r="D7" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="F7" s="75">
+        <v>1.6439999999999999</v>
+      </c>
+      <c r="G7" s="75"/>
+      <c r="H7" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="16">
+        <v>7</v>
+      </c>
+      <c r="B8" s="9">
+        <v>42</v>
+      </c>
+      <c r="C8" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D8" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" s="16"/>
+      <c r="F8" s="72">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="G8" s="72"/>
+      <c r="H8" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="16">
+        <v>8</v>
+      </c>
+      <c r="B9" s="9">
+        <v>42</v>
+      </c>
+      <c r="C9" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D9" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="16"/>
+      <c r="F9" s="72">
+        <v>1.446</v>
+      </c>
+      <c r="G9" s="72"/>
+      <c r="H9" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I9" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="16">
+        <v>9</v>
+      </c>
+      <c r="B10" s="9">
+        <v>42</v>
+      </c>
+      <c r="C10" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D10" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="16"/>
+      <c r="F10" s="72">
+        <v>2.649</v>
+      </c>
+      <c r="G10" s="72"/>
+      <c r="H10" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="16">
+        <v>10</v>
+      </c>
+      <c r="B11" s="9">
+        <v>42</v>
+      </c>
+      <c r="C11" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D11" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" s="16"/>
+      <c r="F11" s="72">
+        <v>5.2850000000000001</v>
+      </c>
+      <c r="G11" s="72"/>
+      <c r="H11" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I11" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="16">
+        <v>11</v>
+      </c>
+      <c r="B12" s="9">
+        <v>42</v>
+      </c>
+      <c r="C12" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D12" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="16"/>
+      <c r="F12" s="72">
+        <v>2.63</v>
+      </c>
+      <c r="G12" s="72"/>
+      <c r="H12" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I12" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="16">
+        <v>12</v>
+      </c>
+      <c r="B13" s="18">
+        <v>42</v>
+      </c>
+      <c r="C13" s="18">
+        <v>8</v>
+      </c>
+      <c r="D13" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" s="73">
+        <v>0.53</v>
+      </c>
+      <c r="G13" s="73"/>
+      <c r="H13" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="16">
+        <v>13</v>
+      </c>
+      <c r="B14" s="18">
+        <v>42</v>
+      </c>
+      <c r="C14" s="18">
+        <v>8</v>
+      </c>
+      <c r="D14" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" s="73">
+        <v>3.294</v>
+      </c>
+      <c r="G14" s="73"/>
+      <c r="H14" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="16">
+        <v>14</v>
+      </c>
+      <c r="B15" s="9">
+        <v>42</v>
+      </c>
+      <c r="C15" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D15" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="16"/>
+      <c r="F15" s="73">
+        <v>11.192</v>
+      </c>
+      <c r="G15" s="73"/>
+      <c r="H15" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="16">
+        <v>15</v>
+      </c>
+      <c r="B16" s="18">
+        <v>48</v>
+      </c>
+      <c r="C16" s="18">
+        <v>4</v>
+      </c>
+      <c r="D16" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="16"/>
+      <c r="F16" s="73">
+        <v>3.202</v>
+      </c>
+      <c r="G16" s="73"/>
+      <c r="H16" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="16">
+        <v>16</v>
+      </c>
+      <c r="B17" s="22">
+        <v>48</v>
+      </c>
+      <c r="C17" s="22">
+        <v>4</v>
+      </c>
+      <c r="D17" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="21"/>
+      <c r="F17" s="74">
+        <v>19.283999999999999</v>
+      </c>
+      <c r="G17" s="74"/>
+      <c r="H17" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="16">
+        <v>17</v>
+      </c>
+      <c r="B18" s="24">
+        <v>57</v>
+      </c>
+      <c r="C18" s="24">
+        <v>8</v>
+      </c>
+      <c r="D18" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E18" s="16"/>
+      <c r="F18" s="73">
+        <v>15.430999999999999</v>
+      </c>
+      <c r="G18" s="73"/>
+      <c r="H18" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="16">
+        <v>18</v>
+      </c>
+      <c r="B19" s="24">
+        <v>57</v>
+      </c>
+      <c r="C19" s="24">
+        <v>8</v>
+      </c>
+      <c r="D19" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="16"/>
+      <c r="F19" s="73">
+        <v>4.5640000000000001</v>
+      </c>
+      <c r="G19" s="73"/>
+      <c r="H19" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="16">
+        <v>19</v>
+      </c>
+      <c r="B20" s="24">
+        <v>57</v>
+      </c>
+      <c r="C20" s="24">
+        <v>8</v>
+      </c>
+      <c r="D20" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" s="76">
+        <v>0.1</v>
+      </c>
+      <c r="G20" s="76"/>
+      <c r="H20" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="16">
+        <v>20</v>
+      </c>
+      <c r="B21" s="24">
+        <v>57</v>
+      </c>
+      <c r="C21" s="24">
+        <v>8</v>
+      </c>
+      <c r="D21" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" s="16"/>
+      <c r="F21" s="76">
+        <v>1.07</v>
+      </c>
+      <c r="G21" s="76"/>
+      <c r="H21" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="16">
+        <v>21</v>
+      </c>
+      <c r="B22" s="18">
+        <v>57</v>
+      </c>
+      <c r="C22" s="18">
+        <v>10</v>
+      </c>
+      <c r="D22" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="F22" s="73">
+        <v>1.325</v>
+      </c>
+      <c r="G22" s="73"/>
+      <c r="H22" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="16">
+        <v>22</v>
+      </c>
+      <c r="B23" s="3">
+        <v>57</v>
+      </c>
+      <c r="C23" s="3">
+        <v>12</v>
+      </c>
+      <c r="D23" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="F23" s="73">
+        <v>0.22</v>
+      </c>
+      <c r="G23" s="73"/>
+      <c r="H23" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="16">
+        <v>23</v>
+      </c>
+      <c r="B24" s="3">
+        <v>57</v>
+      </c>
+      <c r="C24" s="3">
+        <v>12</v>
+      </c>
+      <c r="D24" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="F24" s="73">
+        <v>0.318</v>
+      </c>
+      <c r="G24" s="73"/>
+      <c r="H24" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="16">
+        <v>24</v>
+      </c>
+      <c r="B25" s="6">
+        <v>60</v>
+      </c>
+      <c r="C25" s="6">
+        <v>5</v>
+      </c>
+      <c r="D25" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="16"/>
+      <c r="F25" s="76">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="G25" s="76"/>
+      <c r="H25" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I25" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="16">
+        <v>25</v>
+      </c>
+      <c r="B26" s="6">
+        <v>60</v>
+      </c>
+      <c r="C26" s="6">
+        <v>5</v>
+      </c>
+      <c r="D26" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="F26" s="76">
+        <v>0.32500000000000001</v>
+      </c>
+      <c r="G26" s="76"/>
+      <c r="H26" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="16">
+        <v>26</v>
+      </c>
+      <c r="B27" s="3">
+        <v>60</v>
+      </c>
+      <c r="C27" s="3">
+        <v>5</v>
+      </c>
+      <c r="D27" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="16"/>
+      <c r="F27" s="73">
+        <v>0.14199999999999999</v>
+      </c>
+      <c r="G27" s="73"/>
+      <c r="H27" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="16">
+        <v>27</v>
+      </c>
+      <c r="B28" s="24">
+        <v>73</v>
+      </c>
+      <c r="C28" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D28" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="16"/>
+      <c r="F28" s="77">
+        <v>0.46</v>
+      </c>
+      <c r="G28" s="77"/>
+      <c r="H28" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="16">
+        <v>28</v>
+      </c>
+      <c r="B29" s="24">
+        <v>73</v>
+      </c>
+      <c r="C29" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D29" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="16"/>
+      <c r="F29" s="76">
+        <v>1.845</v>
+      </c>
+      <c r="G29" s="76"/>
+      <c r="H29" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="16">
+        <v>29</v>
+      </c>
+      <c r="B30" s="24">
+        <v>73</v>
+      </c>
+      <c r="C30" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D30" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="16"/>
+      <c r="F30" s="76">
+        <v>0.308</v>
+      </c>
+      <c r="G30" s="76"/>
+      <c r="H30" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="16">
+        <v>30</v>
+      </c>
+      <c r="B31" s="24">
+        <v>73</v>
+      </c>
+      <c r="C31" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D31" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="16"/>
+      <c r="F31" s="75">
+        <v>0.26</v>
+      </c>
+      <c r="G31" s="75"/>
+      <c r="H31" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="16">
+        <v>31</v>
+      </c>
+      <c r="B32" s="24">
+        <v>73</v>
+      </c>
+      <c r="C32" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D32" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="F32" s="76">
+        <v>4.085</v>
+      </c>
+      <c r="G32" s="76"/>
+      <c r="H32" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="16">
+        <v>32</v>
+      </c>
+      <c r="B33" s="24">
+        <v>73</v>
+      </c>
+      <c r="C33" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D33" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="16"/>
+      <c r="F33" s="76">
+        <v>1.34</v>
+      </c>
+      <c r="G33" s="76"/>
+      <c r="H33" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="16">
+        <v>33</v>
+      </c>
+      <c r="B34" s="24">
+        <v>73</v>
+      </c>
+      <c r="C34" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D34" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="16"/>
+      <c r="F34" s="76">
+        <v>13.895</v>
+      </c>
+      <c r="G34" s="76"/>
+      <c r="H34" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I34" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="16">
+        <v>34</v>
+      </c>
+      <c r="B35" s="24">
+        <v>73</v>
+      </c>
+      <c r="C35" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D35" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="16"/>
+      <c r="F35" s="76">
+        <v>52.427</v>
+      </c>
+      <c r="G35" s="76"/>
+      <c r="H35" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="16">
+        <v>35</v>
+      </c>
+      <c r="B36" s="24">
+        <v>73</v>
+      </c>
+      <c r="C36" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D36" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E36" s="16"/>
+      <c r="F36" s="76">
+        <v>16.52</v>
+      </c>
+      <c r="G36" s="76"/>
+      <c r="H36" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="16">
+        <v>36</v>
+      </c>
+      <c r="B37" s="24">
+        <v>73</v>
+      </c>
+      <c r="C37" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D37" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="16"/>
+      <c r="F37" s="76">
+        <v>0.16500000000000001</v>
+      </c>
+      <c r="G37" s="76"/>
+      <c r="H37" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I37" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="16">
+        <v>37</v>
+      </c>
+      <c r="B38" s="24">
+        <v>73</v>
+      </c>
+      <c r="C38" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D38" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="F38" s="76">
+        <v>29.73</v>
+      </c>
+      <c r="G38" s="76"/>
+      <c r="H38" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I38" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="16">
+        <v>38</v>
+      </c>
+      <c r="B39" s="18">
+        <v>73.02</v>
+      </c>
+      <c r="C39" s="18">
+        <v>5.51</v>
+      </c>
+      <c r="D39" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="F39" s="73">
+        <v>3.28</v>
+      </c>
+      <c r="G39" s="73"/>
+      <c r="H39" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="16">
+        <v>39</v>
+      </c>
+      <c r="B40" s="24">
+        <v>73</v>
+      </c>
+      <c r="C40" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D40" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="F40" s="73">
+        <v>16.209</v>
+      </c>
+      <c r="G40" s="73"/>
+      <c r="H40" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="16">
+        <v>40</v>
+      </c>
+      <c r="B41" s="24">
+        <v>73</v>
+      </c>
+      <c r="C41" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D41" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="16"/>
+      <c r="F41" s="76">
+        <v>2.5750000000000002</v>
+      </c>
+      <c r="G41" s="76"/>
+      <c r="H41" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="16">
+        <v>41</v>
+      </c>
+      <c r="B42" s="24">
+        <v>73</v>
+      </c>
+      <c r="C42" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D42" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="16"/>
+      <c r="F42" s="76">
+        <v>3.415</v>
+      </c>
+      <c r="G42" s="76"/>
+      <c r="H42" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I42" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="16">
+        <v>42</v>
+      </c>
+      <c r="B43" s="24">
+        <v>73</v>
+      </c>
+      <c r="C43" s="24">
+        <v>5.5</v>
+      </c>
+      <c r="D43" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="E43" s="16"/>
+      <c r="F43" s="76">
+        <v>2.2730000000000001</v>
+      </c>
+      <c r="G43" s="76"/>
+      <c r="H43" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I43" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="16">
+        <v>43</v>
+      </c>
+      <c r="B44" s="6">
+        <v>73</v>
+      </c>
+      <c r="C44" s="6">
+        <v>7</v>
+      </c>
+      <c r="D44" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="16"/>
+      <c r="F44" s="76">
+        <v>0.93</v>
+      </c>
+      <c r="G44" s="76"/>
+      <c r="H44" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="16">
+        <v>44</v>
+      </c>
+      <c r="B45" s="6">
+        <v>73</v>
+      </c>
+      <c r="C45" s="6">
+        <v>7</v>
+      </c>
+      <c r="D45" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="16"/>
+      <c r="F45" s="76">
+        <v>0.22</v>
+      </c>
+      <c r="G45" s="76"/>
+      <c r="H45" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="16">
+        <v>45</v>
+      </c>
+      <c r="B46" s="6">
+        <v>73</v>
+      </c>
+      <c r="C46" s="6">
+        <v>7</v>
+      </c>
+      <c r="D46" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E46" s="16"/>
+      <c r="F46" s="76">
+        <v>0.97499999999999998</v>
+      </c>
+      <c r="G46" s="76"/>
+      <c r="H46" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="16">
+        <v>46</v>
+      </c>
+      <c r="B47" s="6">
+        <v>73</v>
+      </c>
+      <c r="C47" s="6">
+        <v>7</v>
+      </c>
+      <c r="D47" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="16"/>
+      <c r="F47" s="76">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="G47" s="76"/>
+      <c r="H47" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="16">
+        <v>47</v>
+      </c>
+      <c r="B48" s="6">
+        <v>73</v>
+      </c>
+      <c r="C48" s="6">
+        <v>7</v>
+      </c>
+      <c r="D48" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="16"/>
+      <c r="F48" s="76">
+        <v>1.52</v>
+      </c>
+      <c r="G48" s="76"/>
+      <c r="H48" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="16">
+        <v>48</v>
+      </c>
+      <c r="B49" s="6">
+        <v>73</v>
+      </c>
+      <c r="C49" s="6">
+        <v>7</v>
+      </c>
+      <c r="D49" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="16"/>
+      <c r="F49" s="76">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="G49" s="76"/>
+      <c r="H49" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="16">
+        <v>49</v>
+      </c>
+      <c r="B50" s="6">
+        <v>73</v>
+      </c>
+      <c r="C50" s="6">
+        <v>7</v>
+      </c>
+      <c r="D50" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="F50" s="76">
+        <v>1.52</v>
+      </c>
+      <c r="G50" s="76"/>
+      <c r="H50" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="16">
+        <v>50</v>
+      </c>
+      <c r="B51" s="6">
+        <v>73</v>
+      </c>
+      <c r="C51" s="6">
+        <v>7</v>
+      </c>
+      <c r="D51" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E51" s="16"/>
+      <c r="F51" s="76">
+        <v>6.0940000000000003</v>
+      </c>
+      <c r="G51" s="76"/>
+      <c r="H51" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="16">
+        <v>51</v>
+      </c>
+      <c r="B52" s="6">
+        <v>73.02</v>
+      </c>
+      <c r="C52" s="6">
+        <v>5.51</v>
+      </c>
+      <c r="D52" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F52" s="76">
+        <v>1.41</v>
+      </c>
+      <c r="G52" s="76"/>
+      <c r="H52" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="16">
+        <v>52</v>
+      </c>
+      <c r="B53" s="6">
+        <v>73.02</v>
+      </c>
+      <c r="C53" s="6">
+        <v>5.51</v>
+      </c>
+      <c r="D53" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F53" s="76">
+        <v>0.316</v>
+      </c>
+      <c r="G53" s="76"/>
+      <c r="H53" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="16">
+        <v>53</v>
+      </c>
+      <c r="B54" s="24">
+        <v>73</v>
+      </c>
+      <c r="C54" s="24">
+        <v>11</v>
+      </c>
+      <c r="D54" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E54" s="16"/>
+      <c r="F54" s="76">
+        <v>18.783999999999999</v>
+      </c>
+      <c r="G54" s="76"/>
+      <c r="H54" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="16">
+        <v>54</v>
+      </c>
+      <c r="B55" s="24">
+        <v>73</v>
+      </c>
+      <c r="C55" s="24">
+        <v>11</v>
+      </c>
+      <c r="D55" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="16"/>
+      <c r="F55" s="76">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="G55" s="76"/>
+      <c r="H55" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="16">
+        <v>55</v>
+      </c>
+      <c r="B56" s="24">
+        <v>73</v>
+      </c>
+      <c r="C56" s="24">
+        <v>11</v>
+      </c>
+      <c r="D56" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="16"/>
+      <c r="F56" s="76">
+        <v>0.24</v>
+      </c>
+      <c r="G56" s="76"/>
+      <c r="H56" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="16">
+        <v>56</v>
+      </c>
+      <c r="B57" s="24">
+        <v>73</v>
+      </c>
+      <c r="C57" s="24">
+        <v>11</v>
+      </c>
+      <c r="D57" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="16" t="s">
+        <v>87</v>
+      </c>
+      <c r="F57" s="76">
+        <v>1.931</v>
+      </c>
+      <c r="G57" s="76"/>
+      <c r="H57" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I57" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="16">
+        <v>57</v>
+      </c>
+      <c r="B58" s="24">
+        <v>73</v>
+      </c>
+      <c r="C58" s="24">
+        <v>14</v>
+      </c>
+      <c r="D58" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F58" s="76">
+        <v>2.9390000000000001</v>
+      </c>
+      <c r="G58" s="76"/>
+      <c r="H58" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="16">
+        <v>58</v>
+      </c>
+      <c r="B59" s="7">
+        <v>76</v>
+      </c>
+      <c r="C59" s="7">
+        <v>3.5</v>
+      </c>
+      <c r="D59" s="20"/>
+      <c r="E59" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="F59" s="75">
+        <v>1.877</v>
+      </c>
+      <c r="G59" s="75"/>
+      <c r="H59" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I59" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="16">
+        <v>59</v>
+      </c>
+      <c r="B60" s="9">
+        <v>76</v>
+      </c>
+      <c r="C60" s="9">
+        <v>18</v>
+      </c>
+      <c r="D60" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E60" s="16"/>
+      <c r="F60" s="72">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="G60" s="72"/>
+      <c r="H60" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I60" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="16">
+        <v>60</v>
+      </c>
+      <c r="B61" s="9">
+        <v>76</v>
+      </c>
+      <c r="C61" s="9">
+        <v>18</v>
+      </c>
+      <c r="D61" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E61" s="16"/>
+      <c r="F61" s="72">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="G61" s="72"/>
+      <c r="H61" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I61" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="16">
+        <v>61</v>
+      </c>
+      <c r="B62" s="9">
+        <v>76</v>
+      </c>
+      <c r="C62" s="9">
+        <v>18</v>
+      </c>
+      <c r="D62" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E62" s="16"/>
+      <c r="F62" s="72">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="G62" s="72"/>
+      <c r="H62" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I62" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="16">
+        <v>62</v>
+      </c>
+      <c r="B63" s="9">
+        <v>88.9</v>
+      </c>
+      <c r="C63" s="9">
+        <v>6.45</v>
+      </c>
+      <c r="D63" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="E63" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="F63" s="72">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="G63" s="72"/>
+      <c r="H63" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I63" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="16">
+        <v>63</v>
+      </c>
+      <c r="B64" s="4">
+        <v>88.9</v>
+      </c>
+      <c r="C64" s="4">
+        <v>6.45</v>
+      </c>
+      <c r="D64" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E64" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F64" s="75">
+        <v>0.105</v>
+      </c>
+      <c r="G64" s="75"/>
+      <c r="H64" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I64" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="16">
+        <v>64</v>
+      </c>
+      <c r="B65" s="4">
+        <v>89</v>
+      </c>
+      <c r="C65" s="4">
+        <v>6.5</v>
+      </c>
+      <c r="D65" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F65" s="78">
+        <v>0.11</v>
+      </c>
+      <c r="G65" s="78"/>
+      <c r="H65" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I65" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="16">
+        <v>65</v>
+      </c>
+      <c r="B66" s="18">
+        <v>89</v>
+      </c>
+      <c r="C66" s="18">
+        <v>6.5</v>
+      </c>
+      <c r="D66" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" s="16"/>
+      <c r="F66" s="73">
+        <v>0.7</v>
+      </c>
+      <c r="G66" s="73"/>
+      <c r="H66" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I66" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="16">
+        <v>66</v>
+      </c>
+      <c r="B67" s="18">
+        <v>89</v>
+      </c>
+      <c r="C67" s="18">
+        <v>5</v>
+      </c>
+      <c r="D67" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E67" s="16"/>
+      <c r="F67" s="73">
+        <v>0.68600000000000005</v>
+      </c>
+      <c r="G67" s="73"/>
+      <c r="H67" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="16">
+        <v>67</v>
+      </c>
+      <c r="B68" s="18">
+        <v>89</v>
+      </c>
+      <c r="C68" s="18">
+        <v>6.5</v>
+      </c>
+      <c r="D68" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E68" s="16"/>
+      <c r="F68" s="73">
+        <v>1.2290000000000001</v>
+      </c>
+      <c r="G68" s="73"/>
+      <c r="H68" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="16">
+        <v>68</v>
+      </c>
+      <c r="B69" s="18">
+        <v>89</v>
+      </c>
+      <c r="C69" s="18">
+        <v>6.5</v>
+      </c>
+      <c r="D69" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="16"/>
+      <c r="F69" s="72">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="G69" s="72"/>
+      <c r="H69" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="16">
+        <v>69</v>
+      </c>
+      <c r="B70" s="18">
+        <v>89</v>
+      </c>
+      <c r="C70" s="18">
+        <v>6.5</v>
+      </c>
+      <c r="D70" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="16"/>
+      <c r="F70" s="73">
+        <v>1.204</v>
+      </c>
+      <c r="G70" s="73"/>
+      <c r="H70" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I70" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="16">
+        <v>70</v>
+      </c>
+      <c r="B71" s="18">
+        <v>89</v>
+      </c>
+      <c r="C71" s="18">
+        <v>7.4</v>
+      </c>
+      <c r="D71" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="16"/>
+      <c r="F71" s="73">
+        <v>0.77</v>
+      </c>
+      <c r="G71" s="73"/>
+      <c r="H71" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I71" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="16">
+        <v>71</v>
+      </c>
+      <c r="B72" s="4">
+        <v>88.9</v>
+      </c>
+      <c r="C72" s="4">
+        <v>7.34</v>
+      </c>
+      <c r="D72" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F72" s="72">
+        <v>6.4219999999999997</v>
+      </c>
+      <c r="G72" s="72"/>
+      <c r="H72" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I72" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="16">
+        <v>72</v>
+      </c>
+      <c r="B73" s="4">
+        <v>88.9</v>
+      </c>
+      <c r="C73" s="4">
+        <v>7.34</v>
+      </c>
+      <c r="D73" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F73" s="72">
+        <v>1.1599999999999999</v>
+      </c>
+      <c r="G73" s="72"/>
+      <c r="H73" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I73" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="16">
+        <v>73</v>
+      </c>
+      <c r="B74" s="4">
+        <v>88.9</v>
+      </c>
+      <c r="C74" s="4">
+        <v>7.34</v>
+      </c>
+      <c r="D74" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F74" s="72">
+        <v>7.7670000000000003</v>
+      </c>
+      <c r="G74" s="72"/>
+      <c r="H74" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I74" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="16">
+        <v>74</v>
+      </c>
+      <c r="B75" s="18">
+        <v>88.9</v>
+      </c>
+      <c r="C75" s="18">
+        <v>7.34</v>
+      </c>
+      <c r="D75" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="16"/>
+      <c r="F75" s="73">
+        <v>1.62</v>
+      </c>
+      <c r="G75" s="73"/>
+      <c r="H75" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="16">
+        <v>75</v>
+      </c>
+      <c r="B76" s="18">
+        <v>89</v>
+      </c>
+      <c r="C76" s="18">
+        <v>7</v>
+      </c>
+      <c r="D76" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E76" s="16"/>
+      <c r="F76" s="73">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="G76" s="73"/>
+      <c r="H76" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I76" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="16">
+        <v>76</v>
+      </c>
+      <c r="B77" s="18">
+        <v>89</v>
+      </c>
+      <c r="C77" s="18">
+        <v>7.5</v>
+      </c>
+      <c r="D77" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="16"/>
+      <c r="F77" s="73">
+        <v>15.016999999999999</v>
+      </c>
+      <c r="G77" s="73"/>
+      <c r="H77" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="16">
+        <v>77</v>
+      </c>
+      <c r="B78" s="18">
+        <v>89</v>
+      </c>
+      <c r="C78" s="18">
+        <v>8</v>
+      </c>
+      <c r="D78" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" s="16"/>
+      <c r="F78" s="73">
+        <v>0.151</v>
+      </c>
+      <c r="G78" s="73"/>
+      <c r="H78" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I78" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="16">
+        <v>78</v>
+      </c>
+      <c r="B79" s="18">
+        <v>89</v>
+      </c>
+      <c r="C79" s="18">
+        <v>11</v>
+      </c>
+      <c r="D79" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E79" s="16"/>
+      <c r="F79" s="73">
+        <v>1.9</v>
+      </c>
+      <c r="G79" s="73"/>
+      <c r="H79" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="16">
+        <v>79</v>
+      </c>
+      <c r="B80" s="18">
+        <v>89</v>
+      </c>
+      <c r="C80" s="18">
+        <v>13</v>
+      </c>
+      <c r="D80" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E80" s="16"/>
+      <c r="F80" s="73">
+        <v>0.49299999999999999</v>
+      </c>
+      <c r="G80" s="73"/>
+      <c r="H80" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="16">
+        <v>80</v>
+      </c>
+      <c r="B81" s="18">
+        <v>89</v>
+      </c>
+      <c r="C81" s="18">
+        <v>13</v>
+      </c>
+      <c r="D81" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F81" s="73">
+        <v>0.223</v>
+      </c>
+      <c r="G81" s="73"/>
+      <c r="H81" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="16">
+        <v>81</v>
+      </c>
+      <c r="B82" s="18">
+        <v>89</v>
+      </c>
+      <c r="C82" s="18">
+        <v>13</v>
+      </c>
+      <c r="D82" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="16"/>
+      <c r="F82" s="73">
+        <v>3.6429999999999998</v>
+      </c>
+      <c r="G82" s="73"/>
+      <c r="H82" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="16">
+        <v>82</v>
+      </c>
+      <c r="B83" s="18">
+        <v>89</v>
+      </c>
+      <c r="C83" s="18">
+        <v>13</v>
+      </c>
+      <c r="D83" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" s="16"/>
+      <c r="F83" s="73">
+        <v>0.93</v>
+      </c>
+      <c r="G83" s="73"/>
+      <c r="H83" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="16">
+        <v>83</v>
+      </c>
+      <c r="B84" s="18">
+        <v>89</v>
+      </c>
+      <c r="C84" s="18">
+        <v>13</v>
+      </c>
+      <c r="D84" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" s="16"/>
+      <c r="F84" s="73">
+        <v>0.18</v>
+      </c>
+      <c r="G84" s="73"/>
+      <c r="H84" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="16">
+        <v>84</v>
+      </c>
+      <c r="B85" s="18">
+        <v>89</v>
+      </c>
+      <c r="C85" s="18">
+        <v>13</v>
+      </c>
+      <c r="D85" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E85" s="16"/>
+      <c r="F85" s="73">
+        <v>0.34</v>
+      </c>
+      <c r="G85" s="73"/>
+      <c r="H85" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="16">
+        <v>85</v>
+      </c>
+      <c r="B86" s="18">
+        <v>89</v>
+      </c>
+      <c r="C86" s="18">
+        <v>13</v>
+      </c>
+      <c r="D86" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E86" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="F86" s="73">
+        <v>3.69</v>
+      </c>
+      <c r="G86" s="73"/>
+      <c r="H86" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="16">
+        <v>86</v>
+      </c>
+      <c r="B87" s="18">
+        <v>89</v>
+      </c>
+      <c r="C87" s="18">
+        <v>14</v>
+      </c>
+      <c r="D87" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" s="16"/>
+      <c r="F87" s="73">
+        <v>2.766</v>
+      </c>
+      <c r="G87" s="73"/>
+      <c r="H87" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="16">
+        <v>87</v>
+      </c>
+      <c r="B88" s="18">
+        <v>89</v>
+      </c>
+      <c r="C88" s="18">
+        <v>16</v>
+      </c>
+      <c r="D88" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" s="16"/>
+      <c r="F88" s="73">
+        <v>2.2200000000000002</v>
+      </c>
+      <c r="G88" s="73"/>
+      <c r="H88" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="16">
+        <v>88</v>
+      </c>
+      <c r="B89" s="4">
+        <v>89</v>
+      </c>
+      <c r="C89" s="4">
+        <v>20</v>
+      </c>
+      <c r="D89" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="F89" s="75">
+        <v>0.155</v>
+      </c>
+      <c r="G89" s="75"/>
+      <c r="H89" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I89" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="16">
+        <v>89</v>
+      </c>
+      <c r="B90" s="7">
+        <v>95</v>
+      </c>
+      <c r="C90" s="7">
+        <v>24</v>
+      </c>
+      <c r="D90" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="F90" s="75">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="G90" s="75"/>
+      <c r="H90" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I90" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="16">
+        <v>90</v>
+      </c>
+      <c r="B91" s="4">
+        <v>101.6</v>
+      </c>
+      <c r="C91" s="4">
+        <v>6.5</v>
+      </c>
+      <c r="D91" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E91" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F91" s="75">
+        <v>3.7120000000000002</v>
+      </c>
+      <c r="G91" s="75"/>
+      <c r="H91" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I91" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="16">
+        <v>91</v>
+      </c>
+      <c r="B92" s="7">
+        <v>102</v>
+      </c>
+      <c r="C92" s="7">
+        <v>6.5</v>
+      </c>
+      <c r="D92" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F92" s="72">
+        <v>0.06</v>
+      </c>
+      <c r="G92" s="72"/>
+      <c r="H92" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I92" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="16">
+        <v>92</v>
+      </c>
+      <c r="B93" s="7">
+        <v>102</v>
+      </c>
+      <c r="C93" s="7">
+        <v>6.5</v>
+      </c>
+      <c r="D93" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="F93" s="75">
+        <v>2.464</v>
+      </c>
+      <c r="G93" s="75"/>
+      <c r="H93" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I93" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="16">
+        <v>93</v>
+      </c>
+      <c r="B94" s="7">
+        <v>102</v>
+      </c>
+      <c r="C94" s="7">
+        <v>6.5</v>
+      </c>
+      <c r="D94" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E94" s="16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F94" s="75">
+        <v>0.16500000000000001</v>
+      </c>
+      <c r="G94" s="75"/>
+      <c r="H94" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I94" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="16">
+        <v>94</v>
+      </c>
+      <c r="B95" s="7">
+        <v>102</v>
+      </c>
+      <c r="C95" s="7">
+        <v>6.5</v>
+      </c>
+      <c r="D95" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" s="16"/>
+      <c r="F95" s="75">
+        <v>0.127</v>
+      </c>
+      <c r="G95" s="75"/>
+      <c r="H95" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I95" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="16">
+        <v>95</v>
+      </c>
+      <c r="B96" s="7">
+        <v>102</v>
+      </c>
+      <c r="C96" s="7">
+        <v>10</v>
+      </c>
+      <c r="D96" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E96" s="16"/>
+      <c r="F96" s="75">
+        <v>0.17</v>
+      </c>
+      <c r="G96" s="75"/>
+      <c r="H96" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I96" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="16">
+        <v>96</v>
+      </c>
+      <c r="B97" s="7">
+        <v>102</v>
+      </c>
+      <c r="C97" s="7">
+        <v>12</v>
+      </c>
+      <c r="D97" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="16"/>
+      <c r="F97" s="75">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="G97" s="75"/>
+      <c r="H97" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I97" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="16">
+        <v>97</v>
+      </c>
+      <c r="B98" s="7">
+        <v>102</v>
+      </c>
+      <c r="C98" s="7">
+        <v>14</v>
+      </c>
+      <c r="D98" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="16"/>
+      <c r="F98" s="75">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="G98" s="75"/>
+      <c r="H98" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I98" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="16">
+        <v>98</v>
+      </c>
+      <c r="B99" s="7">
+        <v>102</v>
+      </c>
+      <c r="C99" s="7">
+        <v>15</v>
+      </c>
+      <c r="D99" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="16"/>
+      <c r="F99" s="75">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="G99" s="75"/>
+      <c r="H99" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I99" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="16">
+        <v>99</v>
+      </c>
+      <c r="B100" s="7">
+        <v>108</v>
+      </c>
+      <c r="C100" s="7">
+        <v>20</v>
+      </c>
+      <c r="D100" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="16"/>
+      <c r="F100" s="75">
+        <v>0.751</v>
+      </c>
+      <c r="G100" s="75"/>
+      <c r="H100" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I100" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="16">
+        <v>100</v>
+      </c>
+      <c r="B101" s="7">
+        <v>108</v>
+      </c>
+      <c r="C101" s="7">
+        <v>18</v>
+      </c>
+      <c r="D101" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="16"/>
+      <c r="F101" s="75">
+        <v>0.69</v>
+      </c>
+      <c r="G101" s="75"/>
+      <c r="H101" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I101" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="16">
+        <v>101</v>
+      </c>
+      <c r="B102" s="7">
+        <v>108</v>
+      </c>
+      <c r="C102" s="7">
+        <v>25</v>
+      </c>
+      <c r="D102" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" s="16"/>
+      <c r="F102" s="75">
+        <v>0.252</v>
+      </c>
+      <c r="G102" s="75"/>
+      <c r="H102" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I102" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="16">
+        <v>102</v>
+      </c>
+      <c r="B103" s="7">
+        <v>110</v>
+      </c>
+      <c r="C103" s="7">
+        <v>12</v>
+      </c>
+      <c r="D103" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="16"/>
+      <c r="F103" s="75">
+        <v>5.774</v>
+      </c>
+      <c r="G103" s="75"/>
+      <c r="H103" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I103" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="16">
+        <v>103</v>
+      </c>
+      <c r="B104" s="7">
+        <v>110</v>
+      </c>
+      <c r="C104" s="7">
+        <v>12</v>
+      </c>
+      <c r="D104" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="16"/>
+      <c r="F104" s="75">
+        <v>1.64</v>
+      </c>
+      <c r="G104" s="75"/>
+      <c r="H104" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I104" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="16">
+        <v>104</v>
+      </c>
+      <c r="B105" s="7">
+        <v>114</v>
+      </c>
+      <c r="C105" s="7">
+        <v>5</v>
+      </c>
+      <c r="D105" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E105" s="16"/>
+      <c r="F105" s="79">
+        <v>0.25</v>
+      </c>
+      <c r="G105" s="79"/>
+      <c r="H105" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I105" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="16">
+        <v>105</v>
+      </c>
+      <c r="B106" s="29">
+        <v>114</v>
+      </c>
+      <c r="C106" s="29">
+        <v>7</v>
+      </c>
+      <c r="D106" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="16"/>
+      <c r="F106" s="80">
+        <v>22.204999999999998</v>
+      </c>
+      <c r="G106" s="80"/>
+      <c r="H106" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I106" s="8" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="16">
+        <v>106</v>
+      </c>
+      <c r="B107" s="7">
+        <v>114</v>
+      </c>
+      <c r="C107" s="7">
+        <v>7</v>
+      </c>
+      <c r="D107" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="16"/>
+      <c r="F107" s="79">
+        <v>1.7729999999999999</v>
+      </c>
+      <c r="G107" s="79"/>
+      <c r="H107" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I107" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="16">
+        <v>107</v>
+      </c>
+      <c r="B108" s="7">
+        <v>114</v>
+      </c>
+      <c r="C108" s="7">
+        <v>7</v>
+      </c>
+      <c r="D108" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="16"/>
+      <c r="F108" s="79">
+        <v>1.103</v>
+      </c>
+      <c r="G108" s="79"/>
+      <c r="H108" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I108" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="16">
+        <v>108</v>
+      </c>
+      <c r="B109" s="7">
+        <v>114</v>
+      </c>
+      <c r="C109" s="7">
+        <v>7.4</v>
+      </c>
+      <c r="D109" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E109" s="16"/>
+      <c r="F109" s="79">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="G109" s="79"/>
+      <c r="H109" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I109" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="16">
+        <v>109</v>
+      </c>
+      <c r="B110" s="7">
+        <v>114</v>
+      </c>
+      <c r="C110" s="7">
+        <v>7.4</v>
+      </c>
+      <c r="D110" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="16"/>
+      <c r="F110" s="79">
+        <v>4.8929999999999998</v>
+      </c>
+      <c r="G110" s="79"/>
+      <c r="H110" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I110" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="16">
+        <v>110</v>
+      </c>
+      <c r="B111" s="7">
+        <v>114</v>
+      </c>
+      <c r="C111" s="7">
+        <v>7.4</v>
+      </c>
+      <c r="D111" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="16"/>
+      <c r="F111" s="79">
+        <v>5.4619999999999997</v>
+      </c>
+      <c r="G111" s="79"/>
+      <c r="H111" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I111" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="16">
+        <v>111</v>
+      </c>
+      <c r="B112" s="7">
+        <v>114</v>
+      </c>
+      <c r="C112" s="7">
+        <v>7.4</v>
+      </c>
+      <c r="D112" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" s="16"/>
+      <c r="F112" s="79">
+        <v>0.20899999999999999</v>
+      </c>
+      <c r="G112" s="79"/>
+      <c r="H112" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I112" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="16">
+        <v>112</v>
+      </c>
+      <c r="B113" s="6">
+        <v>114.3</v>
+      </c>
+      <c r="C113" s="6">
+        <v>8.56</v>
+      </c>
+      <c r="D113" s="27" t="s">
+        <v>72</v>
+      </c>
+      <c r="E113" s="16"/>
+      <c r="F113" s="77">
+        <v>1.0880000000000001</v>
+      </c>
+      <c r="G113" s="77"/>
+      <c r="H113" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I113" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="16">
+        <v>113</v>
+      </c>
+      <c r="B114" s="6">
+        <v>114.3</v>
+      </c>
+      <c r="C114" s="6">
+        <v>8.56</v>
+      </c>
+      <c r="D114" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E114" s="16"/>
+      <c r="F114" s="77">
+        <v>15.124000000000001</v>
+      </c>
+      <c r="G114" s="77"/>
+      <c r="H114" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I114" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="16">
+        <v>114</v>
+      </c>
+      <c r="B115" s="6">
+        <v>114.3</v>
+      </c>
+      <c r="C115" s="6">
+        <v>8.56</v>
+      </c>
+      <c r="D115" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="16"/>
+      <c r="F115" s="77">
+        <v>0.77500000000000002</v>
+      </c>
+      <c r="G115" s="77"/>
+      <c r="H115" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I115" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="16">
+        <v>115</v>
+      </c>
+      <c r="B116" s="6">
+        <v>114.3</v>
+      </c>
+      <c r="C116" s="6">
+        <v>8.6</v>
+      </c>
+      <c r="D116" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E116" s="16"/>
+      <c r="F116" s="76">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="G116" s="76"/>
+      <c r="H116" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I116" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="16">
+        <v>116</v>
+      </c>
+      <c r="B117" s="24">
+        <v>114</v>
+      </c>
+      <c r="C117" s="24">
+        <v>13</v>
+      </c>
+      <c r="D117" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="16"/>
+      <c r="F117" s="76">
+        <v>1.871</v>
+      </c>
+      <c r="G117" s="76"/>
+      <c r="H117" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I117" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="16">
+        <v>117</v>
+      </c>
+      <c r="B118" s="24">
+        <v>114</v>
+      </c>
+      <c r="C118" s="24">
+        <v>14</v>
+      </c>
+      <c r="D118" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="16"/>
+      <c r="F118" s="76">
+        <v>2.1909999999999998</v>
+      </c>
+      <c r="G118" s="76"/>
+      <c r="H118" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I118" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="16">
+        <v>118</v>
+      </c>
+      <c r="B119" s="24">
+        <v>114</v>
+      </c>
+      <c r="C119" s="24">
+        <v>25</v>
+      </c>
+      <c r="D119" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" s="16"/>
+      <c r="F119" s="76">
+        <v>0.55200000000000005</v>
+      </c>
+      <c r="G119" s="76"/>
+      <c r="H119" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I119" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="16">
+        <v>119</v>
+      </c>
+      <c r="B120" s="24">
+        <v>114</v>
+      </c>
+      <c r="C120" s="24">
+        <v>25</v>
+      </c>
+      <c r="D120" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="F120" s="76">
+        <v>0.186</v>
+      </c>
+      <c r="G120" s="76"/>
+      <c r="H120" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I120" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="16">
+        <v>120</v>
+      </c>
+      <c r="B121" s="24">
+        <v>114</v>
+      </c>
+      <c r="C121" s="24">
+        <v>25</v>
+      </c>
+      <c r="D121" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="25" t="s">
+        <v>47</v>
+      </c>
+      <c r="F121" s="76">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="G121" s="76"/>
+      <c r="H121" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I121" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="16">
+        <v>121</v>
+      </c>
+      <c r="B122" s="9">
+        <v>114</v>
+      </c>
+      <c r="C122" s="9">
+        <v>25</v>
+      </c>
+      <c r="D122" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F122" s="72">
+        <v>1.252</v>
+      </c>
+      <c r="G122" s="72"/>
+      <c r="H122" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I122" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="16">
+        <v>122</v>
+      </c>
+      <c r="B123" s="9">
+        <v>121</v>
+      </c>
+      <c r="C123" s="9">
+        <v>30</v>
+      </c>
+      <c r="D123" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="16"/>
+      <c r="F123" s="72">
+        <v>0.5</v>
+      </c>
+      <c r="G123" s="72"/>
+      <c r="H123" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I123" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="16">
+        <v>123</v>
+      </c>
+      <c r="B124" s="9">
+        <v>127</v>
+      </c>
+      <c r="C124" s="9">
+        <v>6</v>
+      </c>
+      <c r="D124" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E124" s="23" t="s">
+        <v>73</v>
+      </c>
+      <c r="F124" s="72">
+        <v>1.65</v>
+      </c>
+      <c r="G124" s="72"/>
+      <c r="H124" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I124" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="16">
+        <v>124</v>
+      </c>
+      <c r="B125" s="9">
+        <v>127</v>
+      </c>
+      <c r="C125" s="9">
+        <v>7</v>
+      </c>
+      <c r="D125" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="16"/>
+      <c r="F125" s="72">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="G125" s="72"/>
+      <c r="H125" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I125" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="16">
+        <v>125</v>
+      </c>
+      <c r="B126" s="7">
+        <v>127</v>
+      </c>
+      <c r="C126" s="7">
+        <v>9.19</v>
+      </c>
+      <c r="D126" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E126" s="16"/>
+      <c r="F126" s="79">
+        <v>0.49199999999999999</v>
+      </c>
+      <c r="G126" s="79"/>
+      <c r="H126" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I126" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="16">
+        <v>126</v>
+      </c>
+      <c r="B127" s="7">
+        <v>127</v>
+      </c>
+      <c r="C127" s="7">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D127" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E127" s="16"/>
+      <c r="F127" s="79">
+        <v>0.31</v>
+      </c>
+      <c r="G127" s="79"/>
+      <c r="H127" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I127" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="16">
+        <v>127</v>
+      </c>
+      <c r="B128" s="7">
+        <v>127</v>
+      </c>
+      <c r="C128" s="7">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D128" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" s="16"/>
+      <c r="F128" s="79">
+        <v>0.317</v>
+      </c>
+      <c r="G128" s="79"/>
+      <c r="H128" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I128" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="16">
+        <v>128</v>
+      </c>
+      <c r="B129" s="7">
+        <v>127</v>
+      </c>
+      <c r="C129" s="7">
+        <v>11.1</v>
+      </c>
+      <c r="D129" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="E129" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="F129" s="79">
+        <v>0.16400000000000001</v>
+      </c>
+      <c r="G129" s="79"/>
+      <c r="H129" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I129" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="16">
+        <v>129</v>
+      </c>
+      <c r="B130" s="9">
+        <v>127</v>
+      </c>
+      <c r="C130" s="9">
+        <v>12</v>
+      </c>
+      <c r="D130" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="16"/>
+      <c r="F130" s="79">
+        <v>17.989000000000001</v>
+      </c>
+      <c r="G130" s="79"/>
+      <c r="H130" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I130" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="16">
+        <v>130</v>
+      </c>
+      <c r="B131" s="9">
+        <v>127</v>
+      </c>
+      <c r="C131" s="9">
+        <v>14</v>
+      </c>
+      <c r="D131" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E131" s="16"/>
+      <c r="F131" s="72">
+        <v>0.96</v>
+      </c>
+      <c r="G131" s="72"/>
+      <c r="H131" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I131" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="16">
+        <v>131</v>
+      </c>
+      <c r="B132" s="9">
+        <v>127</v>
+      </c>
+      <c r="C132" s="9">
+        <v>15</v>
+      </c>
+      <c r="D132" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="16"/>
+      <c r="F132" s="72">
+        <v>0.39300000000000002</v>
+      </c>
+      <c r="G132" s="72"/>
+      <c r="H132" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I132" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="16">
+        <v>132</v>
+      </c>
+      <c r="B133" s="9">
+        <v>127</v>
+      </c>
+      <c r="C133" s="9">
+        <v>24</v>
+      </c>
+      <c r="D133" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E133" s="16"/>
+      <c r="F133" s="72">
+        <v>0.875</v>
+      </c>
+      <c r="G133" s="72"/>
+      <c r="H133" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I133" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="16">
+        <v>133</v>
+      </c>
+      <c r="B134" s="9">
+        <v>127</v>
+      </c>
+      <c r="C134" s="9">
+        <v>16</v>
+      </c>
+      <c r="D134" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" s="16"/>
+      <c r="F134" s="72">
+        <v>0.49199999999999999</v>
+      </c>
+      <c r="G134" s="72"/>
+      <c r="H134" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I134" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="16">
+        <v>134</v>
+      </c>
+      <c r="B135" s="9">
+        <v>127</v>
+      </c>
+      <c r="C135" s="9">
+        <v>20</v>
+      </c>
+      <c r="D135" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="E135" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="F135" s="72">
+        <v>0.44500000000000001</v>
+      </c>
+      <c r="G135" s="72"/>
+      <c r="H135" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I135" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="16">
+        <v>135</v>
+      </c>
+      <c r="B136" s="4">
+        <v>132.08000000000001</v>
+      </c>
+      <c r="C136" s="4">
+        <v>14.5</v>
+      </c>
+      <c r="D136" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E136" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F136" s="72">
+        <v>0.95699999999999996</v>
+      </c>
+      <c r="G136" s="72"/>
+      <c r="H136" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I136" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="16">
+        <v>136</v>
+      </c>
+      <c r="B137" s="4">
+        <v>132.08000000000001</v>
+      </c>
+      <c r="C137" s="4">
+        <v>20</v>
+      </c>
+      <c r="D137" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E137" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F137" s="72">
+        <v>2.5259999999999998</v>
+      </c>
+      <c r="G137" s="72"/>
+      <c r="H137" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I137" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="16">
+        <v>137</v>
+      </c>
+      <c r="B138" s="9">
+        <v>133</v>
+      </c>
+      <c r="C138" s="9">
+        <v>14</v>
+      </c>
+      <c r="D138" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" s="16"/>
+      <c r="F138" s="72">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="G138" s="72"/>
+      <c r="H138" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I138" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="16">
+        <v>138</v>
+      </c>
+      <c r="B139" s="9">
+        <v>133</v>
+      </c>
+      <c r="C139" s="9">
+        <v>16</v>
+      </c>
+      <c r="D139" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" s="16"/>
+      <c r="F139" s="72">
+        <v>0.35799999999999998</v>
+      </c>
+      <c r="G139" s="72"/>
+      <c r="H139" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I139" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="16">
+        <v>139</v>
+      </c>
+      <c r="B140" s="9">
+        <v>133</v>
+      </c>
+      <c r="C140" s="9">
+        <v>16</v>
+      </c>
+      <c r="D140" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="F140" s="72">
+        <v>0.57699999999999996</v>
+      </c>
+      <c r="G140" s="72"/>
+      <c r="H140" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I140" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="16">
+        <v>140</v>
+      </c>
+      <c r="B141" s="9">
+        <v>133</v>
+      </c>
+      <c r="C141" s="9">
+        <v>20</v>
+      </c>
+      <c r="D141" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F141" s="72">
+        <v>5.5E-2</v>
+      </c>
+      <c r="G141" s="72"/>
+      <c r="H141" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I141" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="16">
+        <v>141</v>
+      </c>
+      <c r="B142" s="9">
+        <v>133</v>
+      </c>
+      <c r="C142" s="9">
+        <v>20</v>
+      </c>
+      <c r="D142" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" s="16"/>
+      <c r="F142" s="72">
+        <v>3.1230000000000002</v>
+      </c>
+      <c r="G142" s="72"/>
+      <c r="H142" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I142" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="16">
+        <v>142</v>
+      </c>
+      <c r="B143" s="9">
+        <v>133</v>
+      </c>
+      <c r="C143" s="9">
+        <v>20</v>
+      </c>
+      <c r="D143" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E143" s="16"/>
+      <c r="F143" s="72">
+        <v>8.8219999999999992</v>
+      </c>
+      <c r="G143" s="72"/>
+      <c r="H143" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I143" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="16">
+        <v>143</v>
+      </c>
+      <c r="B144" s="9">
+        <v>133</v>
+      </c>
+      <c r="C144" s="9">
+        <v>30</v>
+      </c>
+      <c r="D144" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="F144" s="72">
+        <v>0.314</v>
+      </c>
+      <c r="G144" s="72"/>
+      <c r="H144" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I144" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="16">
+        <v>144</v>
+      </c>
+      <c r="B145" s="9">
+        <v>133</v>
+      </c>
+      <c r="C145" s="9">
+        <v>30</v>
+      </c>
+      <c r="D145" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="F145" s="72">
+        <v>0.877</v>
+      </c>
+      <c r="G145" s="72"/>
+      <c r="H145" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I145" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="16">
+        <v>145</v>
+      </c>
+      <c r="B146" s="9">
+        <v>133</v>
+      </c>
+      <c r="C146" s="9">
+        <v>32</v>
+      </c>
+      <c r="D146" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" s="16"/>
+      <c r="F146" s="72">
+        <v>0.53400000000000003</v>
+      </c>
+      <c r="G146" s="72"/>
+      <c r="H146" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I146" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="16">
+        <v>146</v>
+      </c>
+      <c r="B147" s="9">
+        <v>133</v>
+      </c>
+      <c r="C147" s="9">
+        <v>36</v>
+      </c>
+      <c r="D147" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="F147" s="72">
+        <v>2.6389999999999998</v>
+      </c>
+      <c r="G147" s="72"/>
+      <c r="H147" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I147" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="16">
+        <v>147</v>
+      </c>
+      <c r="B148" s="9">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C148" s="9">
+        <v>6.98</v>
+      </c>
+      <c r="D148" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" s="16"/>
+      <c r="F148" s="72">
+        <v>0.9</v>
+      </c>
+      <c r="G148" s="72"/>
+      <c r="H148" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I148" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="16">
+        <v>148</v>
+      </c>
+      <c r="B149" s="9">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C149" s="9">
+        <v>7.72</v>
+      </c>
+      <c r="D149" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E149" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F149" s="72">
+        <v>6.6959999999999997</v>
+      </c>
+      <c r="G149" s="72"/>
+      <c r="H149" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I149" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="16">
+        <v>149</v>
+      </c>
+      <c r="B150" s="9">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C150" s="9">
+        <v>7.72</v>
+      </c>
+      <c r="D150" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F150" s="72">
+        <v>0.5</v>
+      </c>
+      <c r="G150" s="72"/>
+      <c r="H150" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I150" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="16">
+        <v>150</v>
+      </c>
+      <c r="B151" s="9">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C151" s="9">
+        <v>7.72</v>
+      </c>
+      <c r="D151" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="E151" s="16"/>
+      <c r="F151" s="72">
+        <v>49.552999999999997</v>
+      </c>
+      <c r="G151" s="72"/>
+      <c r="H151" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I151" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="16">
+        <v>151</v>
+      </c>
+      <c r="B152" s="9">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C152" s="9">
+        <v>9.19</v>
+      </c>
+      <c r="D152" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E152" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F152" s="72">
+        <v>0.68899999999999995</v>
+      </c>
+      <c r="G152" s="72"/>
+      <c r="H152" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I152" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="16">
+        <v>152</v>
+      </c>
+      <c r="B153" s="9">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C153" s="9">
+        <v>9.19</v>
+      </c>
+      <c r="D153" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="16"/>
+      <c r="F153" s="72">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="G153" s="72"/>
+      <c r="H153" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I153" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="16">
+        <v>153</v>
+      </c>
+      <c r="B154" s="9">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C154" s="9">
+        <v>10.54</v>
+      </c>
+      <c r="D154" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E154" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F154" s="72">
+        <v>4.8010000000000002</v>
+      </c>
+      <c r="G154" s="72"/>
+      <c r="H154" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I154" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="16">
+        <v>154</v>
+      </c>
+      <c r="B155" s="9">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="C155" s="9">
+        <v>10.54</v>
+      </c>
+      <c r="D155" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E155" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F155" s="72">
+        <v>4.55</v>
+      </c>
+      <c r="G155" s="72"/>
+      <c r="H155" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I155" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="16">
+        <v>155</v>
+      </c>
+      <c r="B156" s="9">
+        <v>140</v>
+      </c>
+      <c r="C156" s="9">
+        <v>6</v>
+      </c>
+      <c r="D156" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E156" s="16"/>
+      <c r="F156" s="72">
+        <v>2.4830000000000001</v>
+      </c>
+      <c r="G156" s="72"/>
+      <c r="H156" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I156" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="16">
+        <v>156</v>
+      </c>
+      <c r="B157" s="9">
+        <v>140</v>
+      </c>
+      <c r="C157" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D157" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" s="16"/>
+      <c r="F157" s="82">
+        <v>0.315</v>
+      </c>
+      <c r="G157" s="83"/>
+      <c r="H157" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I157" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="16">
+        <v>157</v>
+      </c>
+      <c r="B158" s="9">
+        <v>140</v>
+      </c>
+      <c r="C158" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D158" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" s="16"/>
+      <c r="F158" s="82">
+        <v>0.9</v>
+      </c>
+      <c r="G158" s="83"/>
+      <c r="H158" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I158" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="16">
+        <v>158</v>
+      </c>
+      <c r="B159" s="9">
+        <v>140</v>
+      </c>
+      <c r="C159" s="9">
+        <v>19</v>
+      </c>
+      <c r="D159" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E159" s="16"/>
+      <c r="F159" s="72">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="G159" s="72"/>
+      <c r="H159" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I159" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="16">
+        <v>159</v>
+      </c>
+      <c r="B160" s="7">
+        <v>140</v>
+      </c>
+      <c r="C160" s="7">
+        <v>10</v>
+      </c>
+      <c r="D160" s="20"/>
+      <c r="E160" s="16"/>
+      <c r="F160" s="75">
+        <v>0.5</v>
+      </c>
+      <c r="G160" s="75"/>
+      <c r="H160" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I160" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="16">
+        <v>160</v>
+      </c>
+      <c r="B161" s="7">
+        <v>140</v>
+      </c>
+      <c r="C161" s="7">
+        <v>36</v>
+      </c>
+      <c r="D161" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" s="16" t="s">
+        <v>56</v>
+      </c>
+      <c r="F161" s="75">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="G161" s="75"/>
+      <c r="H161" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I161" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="16">
+        <v>161</v>
+      </c>
+      <c r="B162" s="9">
+        <v>146</v>
+      </c>
+      <c r="C162" s="9">
+        <v>7.7</v>
+      </c>
+      <c r="D162" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" s="16"/>
+      <c r="F162" s="72">
+        <v>0.32800000000000001</v>
+      </c>
+      <c r="G162" s="72"/>
+      <c r="H162" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I162" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="16">
+        <v>162</v>
+      </c>
+      <c r="B163" s="9">
+        <v>146</v>
+      </c>
+      <c r="C163" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="D163" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F163" s="72">
+        <v>0.313</v>
+      </c>
+      <c r="G163" s="72"/>
+      <c r="H163" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I163" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="16">
+        <v>163</v>
+      </c>
+      <c r="B164" s="9">
+        <v>146.1</v>
+      </c>
+      <c r="C164" s="9">
+        <v>7</v>
+      </c>
+      <c r="D164" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E164" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F164" s="72">
+        <v>0.20499999999999999</v>
+      </c>
+      <c r="G164" s="72"/>
+      <c r="H164" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I164" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="16">
+        <v>164</v>
+      </c>
+      <c r="B165" s="9">
+        <v>146.05000000000001</v>
+      </c>
+      <c r="C165" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="D165" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" s="16"/>
+      <c r="F165" s="72">
+        <v>0.34399999999999997</v>
+      </c>
+      <c r="G165" s="72"/>
+      <c r="H165" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I165" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="16">
+        <v>165</v>
+      </c>
+      <c r="B166" s="9">
+        <v>146.1</v>
+      </c>
+      <c r="C166" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="D166" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E166" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F166" s="72">
+        <v>2.2799999999999998</v>
+      </c>
+      <c r="G166" s="72"/>
+      <c r="H166" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I166" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="16">
+        <v>166</v>
+      </c>
+      <c r="B167" s="9">
+        <v>146.1</v>
+      </c>
+      <c r="C167" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="D167" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E167" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F167" s="72">
+        <v>7.5519999999999996</v>
+      </c>
+      <c r="G167" s="72"/>
+      <c r="H167" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I167" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="16">
+        <v>167</v>
+      </c>
+      <c r="B168" s="9">
+        <v>146</v>
+      </c>
+      <c r="C168" s="9">
+        <v>9.5</v>
+      </c>
+      <c r="D168" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" s="17" t="s">
+        <v>74</v>
+      </c>
+      <c r="F168" s="72">
+        <v>0.61699999999999999</v>
+      </c>
+      <c r="G168" s="72"/>
+      <c r="H168" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I168" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="16">
+        <v>168</v>
+      </c>
+      <c r="B169" s="9">
+        <v>146</v>
+      </c>
+      <c r="C169" s="9">
+        <v>10</v>
+      </c>
+      <c r="D169" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E169" s="16"/>
+      <c r="F169" s="72">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="G169" s="72"/>
+      <c r="H169" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I169" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="16">
+        <v>169</v>
+      </c>
+      <c r="B170" s="9">
+        <v>146.1</v>
+      </c>
+      <c r="C170" s="9">
+        <v>10.7</v>
+      </c>
+      <c r="D170" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E170" s="16"/>
+      <c r="F170" s="72">
+        <v>0.38</v>
+      </c>
+      <c r="G170" s="72"/>
+      <c r="H170" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I170" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="16">
+        <v>170</v>
+      </c>
+      <c r="B171" s="9">
+        <v>146</v>
+      </c>
+      <c r="C171" s="9">
+        <v>28</v>
+      </c>
+      <c r="D171" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" s="16"/>
+      <c r="F171" s="72">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="G171" s="72"/>
+      <c r="H171" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I171" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="16">
+        <v>171</v>
+      </c>
+      <c r="B172" s="9">
+        <v>146</v>
+      </c>
+      <c r="C172" s="9">
+        <v>28</v>
+      </c>
+      <c r="D172" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="F172" s="72">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="G172" s="72"/>
+      <c r="H172" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I172" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="16">
+        <v>172</v>
+      </c>
+      <c r="B173" s="9">
+        <v>146</v>
+      </c>
+      <c r="C173" s="9">
+        <v>30</v>
+      </c>
+      <c r="D173" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" s="16"/>
+      <c r="F173" s="72">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="G173" s="72"/>
+      <c r="H173" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I173" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="16">
+        <v>173</v>
+      </c>
+      <c r="B174" s="7">
+        <v>152</v>
+      </c>
+      <c r="C174" s="7">
+        <v>14</v>
+      </c>
+      <c r="D174" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E174" s="36"/>
+      <c r="F174" s="79">
+        <v>0.318</v>
+      </c>
+      <c r="G174" s="79"/>
+      <c r="H174" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I174" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="16">
+        <v>174</v>
+      </c>
+      <c r="B175" s="9">
+        <v>159</v>
+      </c>
+      <c r="C175" s="9">
+        <v>6</v>
+      </c>
+      <c r="E175" s="35" t="s">
+        <v>75</v>
+      </c>
+      <c r="F175" s="72">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="G175" s="72"/>
+      <c r="H175" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I175" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="16">
+        <v>175</v>
+      </c>
+      <c r="B176" s="9">
+        <v>159</v>
+      </c>
+      <c r="C176" s="9">
+        <v>6</v>
+      </c>
+      <c r="E176" s="35">
+        <v>20</v>
+      </c>
+      <c r="F176" s="72">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="G176" s="72"/>
+      <c r="H176" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I176" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="16">
+        <v>176</v>
+      </c>
+      <c r="B177" s="9">
+        <v>159</v>
+      </c>
+      <c r="C177" s="9">
+        <v>20</v>
+      </c>
+      <c r="D177" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F177" s="72">
+        <v>0.13</v>
+      </c>
+      <c r="G177" s="72"/>
+      <c r="H177" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I177" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="16">
+        <v>177</v>
+      </c>
+      <c r="B178" s="9">
+        <v>159</v>
+      </c>
+      <c r="C178" s="9">
+        <v>28</v>
+      </c>
+      <c r="D178" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" s="16"/>
+      <c r="F178" s="72">
+        <v>0.19</v>
+      </c>
+      <c r="G178" s="72"/>
+      <c r="H178" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I178" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="16">
+        <v>178</v>
+      </c>
+      <c r="B179" s="9">
+        <v>168</v>
+      </c>
+      <c r="C179" s="9">
+        <v>18</v>
+      </c>
+      <c r="D179" s="17" t="s">
+        <v>90</v>
+      </c>
+      <c r="E179" s="16"/>
+      <c r="F179" s="72">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="G179" s="72"/>
+      <c r="H179" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I179" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="16">
+        <v>179</v>
+      </c>
+      <c r="B180" s="9">
+        <v>168</v>
+      </c>
+      <c r="C180" s="9">
+        <v>8.9</v>
+      </c>
+      <c r="D180" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E180" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F180" s="75">
+        <v>1.294</v>
+      </c>
+      <c r="G180" s="75"/>
+      <c r="H180" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I180" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="16">
+        <v>180</v>
+      </c>
+      <c r="B181" s="9">
+        <v>168</v>
+      </c>
+      <c r="C181" s="9">
+        <v>8.3800000000000008</v>
+      </c>
+      <c r="D181" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="16"/>
+      <c r="F181" s="75">
+        <v>0.34699999999999998</v>
+      </c>
+      <c r="G181" s="75"/>
+      <c r="H181" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I181" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="16">
+        <v>181</v>
+      </c>
+      <c r="B182" s="7">
+        <v>168</v>
+      </c>
+      <c r="C182" s="7">
+        <v>8.9</v>
+      </c>
+      <c r="D182" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="16"/>
+      <c r="F182" s="75">
+        <v>6.13</v>
+      </c>
+      <c r="G182" s="75"/>
+      <c r="H182" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I182" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="16">
+        <v>182</v>
+      </c>
+      <c r="B183" s="7">
+        <v>168.28</v>
+      </c>
+      <c r="C183" s="7">
+        <v>8.94</v>
+      </c>
+      <c r="D183" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" s="16"/>
+      <c r="F183" s="75">
+        <v>0.4</v>
+      </c>
+      <c r="G183" s="75"/>
+      <c r="H183" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I183" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="16">
+        <v>183</v>
+      </c>
+      <c r="B184" s="9">
+        <v>168.28</v>
+      </c>
+      <c r="C184" s="9">
+        <v>8.94</v>
+      </c>
+      <c r="D184" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E184" s="16"/>
+      <c r="F184" s="75">
+        <v>4.1550000000000002</v>
+      </c>
+      <c r="G184" s="75"/>
+      <c r="H184" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I184" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="16">
+        <v>184</v>
+      </c>
+      <c r="B185" s="7">
+        <v>168.28</v>
+      </c>
+      <c r="C185" s="7">
+        <v>8.94</v>
+      </c>
+      <c r="D185" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" s="16"/>
+      <c r="F185" s="75">
+        <v>0.40200000000000002</v>
+      </c>
+      <c r="G185" s="75"/>
+      <c r="H185" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I185" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="16">
+        <v>185</v>
+      </c>
+      <c r="B186" s="9">
+        <v>168.28</v>
+      </c>
+      <c r="C186" s="9">
+        <v>8.94</v>
+      </c>
+      <c r="D186" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="16"/>
+      <c r="F186" s="75">
+        <v>6.4640000000000004</v>
+      </c>
+      <c r="G186" s="75"/>
+      <c r="H186" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I186" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="16">
+        <v>186</v>
+      </c>
+      <c r="B187" s="9">
+        <v>168.3</v>
+      </c>
+      <c r="C187" s="9">
+        <v>8.94</v>
+      </c>
+      <c r="D187" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" s="16"/>
+      <c r="F187" s="75">
+        <v>0.85499999999999998</v>
+      </c>
+      <c r="G187" s="75"/>
+      <c r="H187" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I187" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="16">
+        <v>187</v>
+      </c>
+      <c r="B188" s="9">
+        <v>168.28</v>
+      </c>
+      <c r="C188" s="9">
+        <v>10.59</v>
+      </c>
+      <c r="D188" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="E188" s="16"/>
+      <c r="F188" s="72">
+        <v>0.26500000000000001</v>
+      </c>
+      <c r="G188" s="72"/>
+      <c r="H188" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I188" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="16">
+        <v>188</v>
+      </c>
+      <c r="B189" s="9">
+        <v>168.28</v>
+      </c>
+      <c r="C189" s="9">
+        <v>10.59</v>
+      </c>
+      <c r="D189" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" s="16"/>
+      <c r="F189" s="72">
+        <v>1.9319999999999999</v>
+      </c>
+      <c r="G189" s="72"/>
+      <c r="H189" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I189" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="16">
+        <v>189</v>
+      </c>
+      <c r="B190" s="9">
+        <v>168</v>
+      </c>
+      <c r="C190" s="9">
+        <v>20</v>
+      </c>
+      <c r="D190" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="F190" s="72">
+        <v>0.96</v>
+      </c>
+      <c r="G190" s="72"/>
+      <c r="H190" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I190" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="16">
+        <v>190</v>
+      </c>
+      <c r="B191" s="9">
+        <v>177.8</v>
+      </c>
+      <c r="C191" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D191" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E191" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F191" s="72">
+        <v>12.913</v>
+      </c>
+      <c r="G191" s="72"/>
+      <c r="H191" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I191" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="16">
+        <v>191</v>
+      </c>
+      <c r="B192" s="9">
+        <v>177.8</v>
+      </c>
+      <c r="C192" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D192" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E192" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F192" s="75">
+        <v>5.2969999999999997</v>
+      </c>
+      <c r="G192" s="75"/>
+      <c r="H192" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I192" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="16">
+        <v>192</v>
+      </c>
+      <c r="B193" s="9">
+        <v>177.8</v>
+      </c>
+      <c r="C193" s="9">
+        <v>9.19</v>
+      </c>
+      <c r="D193" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="16"/>
+      <c r="F193" s="75">
+        <v>0.19500000000000001</v>
+      </c>
+      <c r="G193" s="75"/>
+      <c r="H193" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I193" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="16">
+        <v>193</v>
+      </c>
+      <c r="B194" s="9">
+        <v>178</v>
+      </c>
+      <c r="C194" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D194" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" s="16"/>
+      <c r="F194" s="75">
+        <v>1.724</v>
+      </c>
+      <c r="G194" s="75"/>
+      <c r="H194" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I194" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="16">
+        <v>194</v>
+      </c>
+      <c r="B195" s="9">
+        <v>178</v>
+      </c>
+      <c r="C195" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D195" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" s="16"/>
+      <c r="F195" s="75">
+        <v>2.8450000000000002</v>
+      </c>
+      <c r="G195" s="75"/>
+      <c r="H195" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I195" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="16">
+        <v>195</v>
+      </c>
+      <c r="B196" s="9">
+        <v>178</v>
+      </c>
+      <c r="C196" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D196" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" s="16"/>
+      <c r="F196" s="75">
+        <v>1.0880000000000001</v>
+      </c>
+      <c r="G196" s="75"/>
+      <c r="H196" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I196" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="16">
+        <v>196</v>
+      </c>
+      <c r="B197" s="22">
+        <v>178</v>
+      </c>
+      <c r="C197" s="22">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D197" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="16"/>
+      <c r="F197" s="74">
+        <v>159.02500000000001</v>
+      </c>
+      <c r="G197" s="74"/>
+      <c r="H197" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I197" s="5" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="16">
+        <v>197</v>
+      </c>
+      <c r="B198" s="9">
+        <v>178</v>
+      </c>
+      <c r="C198" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D198" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" s="16"/>
+      <c r="F198" s="75">
+        <v>13.347</v>
+      </c>
+      <c r="G198" s="75"/>
+      <c r="H198" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I198" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="16">
+        <v>198</v>
+      </c>
+      <c r="B199" s="7">
+        <v>177.8</v>
+      </c>
+      <c r="C199" s="7">
+        <v>10.36</v>
+      </c>
+      <c r="D199" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" s="16"/>
+      <c r="F199" s="75">
+        <v>0.51500000000000001</v>
+      </c>
+      <c r="G199" s="75"/>
+      <c r="H199" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I199" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="16">
+        <v>199</v>
+      </c>
+      <c r="B200" s="7">
+        <v>177.8</v>
+      </c>
+      <c r="C200" s="7">
+        <v>10.36</v>
+      </c>
+      <c r="D200" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E200" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F200" s="75">
+        <v>1.0920000000000001</v>
+      </c>
+      <c r="G200" s="75"/>
+      <c r="H200" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I200" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="16">
+        <v>200</v>
+      </c>
+      <c r="B201" s="7">
+        <v>177</v>
+      </c>
+      <c r="C201" s="7">
+        <v>12.7</v>
+      </c>
+      <c r="D201" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" s="16"/>
+      <c r="F201" s="75">
+        <v>4.2549999999999999</v>
+      </c>
+      <c r="G201" s="75"/>
+      <c r="H201" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I201" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="16">
+        <v>201</v>
+      </c>
+      <c r="B202" s="7">
+        <v>177</v>
+      </c>
+      <c r="C202" s="7">
+        <v>13.72</v>
+      </c>
+      <c r="D202" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" s="16"/>
+      <c r="F202" s="75">
+        <v>1.8149999999999999</v>
+      </c>
+      <c r="G202" s="75"/>
+      <c r="H202" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I202" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="16">
+        <v>202</v>
+      </c>
+      <c r="B203" s="9">
+        <v>180</v>
+      </c>
+      <c r="C203" s="9">
+        <v>22</v>
+      </c>
+      <c r="D203" s="35" t="s">
+        <v>68</v>
+      </c>
+      <c r="E203" s="16"/>
+      <c r="F203" s="75">
+        <v>0.36</v>
+      </c>
+      <c r="G203" s="75"/>
+      <c r="H203" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I203" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="16">
+        <v>203</v>
+      </c>
+      <c r="B204" s="9">
+        <v>180</v>
+      </c>
+      <c r="C204" s="9">
+        <v>22</v>
+      </c>
+      <c r="D204" s="35" t="s">
+        <v>68</v>
+      </c>
+      <c r="E204" s="16"/>
+      <c r="F204" s="75">
+        <v>0.21</v>
+      </c>
+      <c r="G204" s="75"/>
+      <c r="H204" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I204" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="16">
+        <v>204</v>
+      </c>
+      <c r="B205" s="9">
+        <v>190</v>
+      </c>
+      <c r="C205" s="9">
+        <v>24</v>
+      </c>
+      <c r="D205" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E205" s="16"/>
+      <c r="F205" s="75">
+        <v>1.01</v>
+      </c>
+      <c r="G205" s="75"/>
+      <c r="H205" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I205" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="16">
+        <v>205</v>
+      </c>
+      <c r="B206" s="9">
+        <v>190</v>
+      </c>
+      <c r="C206" s="9">
+        <v>28</v>
+      </c>
+      <c r="D206" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" s="16"/>
+      <c r="F206" s="75">
+        <v>0.68500000000000005</v>
+      </c>
+      <c r="G206" s="75"/>
+      <c r="H206" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I206" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="16">
+        <v>206</v>
+      </c>
+      <c r="B207" s="9">
+        <v>194</v>
+      </c>
+      <c r="C207" s="9">
+        <v>50</v>
+      </c>
+      <c r="D207" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" s="16"/>
+      <c r="F207" s="75">
+        <v>1.0820000000000001</v>
+      </c>
+      <c r="G207" s="75"/>
+      <c r="H207" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I207" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="16">
+        <v>207</v>
+      </c>
+      <c r="B208" s="7">
+        <v>203</v>
+      </c>
+      <c r="C208" s="7">
+        <v>40</v>
+      </c>
+      <c r="D208" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="F208" s="75">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="G208" s="75"/>
+      <c r="H208" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I208" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="16">
+        <v>208</v>
+      </c>
+      <c r="B209" s="7">
+        <v>203</v>
+      </c>
+      <c r="C209" s="7">
+        <v>45</v>
+      </c>
+      <c r="D209" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="F209" s="75">
+        <v>1.4119999999999999</v>
+      </c>
+      <c r="G209" s="75"/>
+      <c r="H209" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I209" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="16">
+        <v>209</v>
+      </c>
+      <c r="B210" s="7">
+        <v>203</v>
+      </c>
+      <c r="C210" s="7">
+        <v>45</v>
+      </c>
+      <c r="D210" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" s="16"/>
+      <c r="F210" s="75">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="G210" s="75"/>
+      <c r="H210" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I210" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="16">
+        <v>210</v>
+      </c>
+      <c r="B211" s="4">
+        <v>219</v>
+      </c>
+      <c r="C211" s="4">
+        <v>8</v>
+      </c>
+      <c r="D211" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E211" s="16"/>
+      <c r="F211" s="75">
+        <v>0.45</v>
+      </c>
+      <c r="G211" s="75"/>
+      <c r="H211" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I211" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="16">
+        <v>211</v>
+      </c>
+      <c r="B212" s="4">
+        <v>219</v>
+      </c>
+      <c r="C212" s="4">
+        <v>8</v>
+      </c>
+      <c r="D212" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E212" s="16"/>
+      <c r="F212" s="76">
+        <v>0.44500000000000001</v>
+      </c>
+      <c r="G212" s="76"/>
+      <c r="H212" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I212" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="16">
+        <v>212</v>
+      </c>
+      <c r="B213" s="7">
+        <v>219</v>
+      </c>
+      <c r="C213" s="7">
+        <v>11.4</v>
+      </c>
+      <c r="D213" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E213" s="16"/>
+      <c r="F213" s="76">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="G213" s="76"/>
+      <c r="H213" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I213" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="16">
+        <v>213</v>
+      </c>
+      <c r="B214" s="7">
+        <v>219</v>
+      </c>
+      <c r="C214" s="7">
+        <v>25</v>
+      </c>
+      <c r="D214" s="30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E214" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F214" s="76">
+        <v>0.52</v>
+      </c>
+      <c r="G214" s="76"/>
+      <c r="H214" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I214" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="16">
+        <v>214</v>
+      </c>
+      <c r="B215" s="7">
+        <v>219</v>
+      </c>
+      <c r="C215" s="7">
+        <v>30</v>
+      </c>
+      <c r="D215" s="30" t="s">
+        <v>66</v>
+      </c>
+      <c r="E215" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F215" s="75">
+        <v>0.48899999999999999</v>
+      </c>
+      <c r="G215" s="75"/>
+      <c r="H215" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I215" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="16">
+        <v>215</v>
+      </c>
+      <c r="B216" s="7">
+        <v>219</v>
+      </c>
+      <c r="C216" s="7">
+        <v>30</v>
+      </c>
+      <c r="D216" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="F216" s="75">
+        <v>0.41899999999999998</v>
+      </c>
+      <c r="G216" s="75"/>
+      <c r="H216" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I216" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="16">
+        <v>216</v>
+      </c>
+      <c r="B217" s="4">
+        <v>244.48</v>
+      </c>
+      <c r="C217" s="4">
+        <v>11.99</v>
+      </c>
+      <c r="D217" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" s="16"/>
+      <c r="F217" s="75">
+        <v>0.52100000000000002</v>
+      </c>
+      <c r="G217" s="75"/>
+      <c r="H217" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I217" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="16">
+        <v>217</v>
+      </c>
+      <c r="B218" s="4">
+        <v>245</v>
+      </c>
+      <c r="C218" s="4">
+        <v>8.9</v>
+      </c>
+      <c r="D218" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="16"/>
+      <c r="F218" s="75">
+        <v>1.823</v>
+      </c>
+      <c r="G218" s="75"/>
+      <c r="H218" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I218" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="16">
+        <v>218</v>
+      </c>
+      <c r="B219" s="4">
+        <v>245</v>
+      </c>
+      <c r="C219" s="4">
+        <v>20</v>
+      </c>
+      <c r="D219" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E219" s="16"/>
+      <c r="F219" s="75">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="G219" s="75"/>
+      <c r="H219" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I219" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="16">
+        <v>219</v>
+      </c>
+      <c r="B220" s="4">
+        <v>269.88</v>
+      </c>
+      <c r="C220" s="4">
+        <v>21.7</v>
+      </c>
+      <c r="D220" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E220" s="16"/>
+      <c r="F220" s="75">
+        <v>1.34</v>
+      </c>
+      <c r="G220" s="75"/>
+      <c r="H220" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I220" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="16">
+        <v>220</v>
+      </c>
+      <c r="B221" s="4">
+        <v>269.89999999999998</v>
+      </c>
+      <c r="C221" s="4">
+        <v>21.7</v>
+      </c>
+      <c r="D221" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E221" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="F221" s="75">
+        <v>1.075</v>
+      </c>
+      <c r="G221" s="75"/>
+      <c r="H221" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I221" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="16">
+        <v>221</v>
+      </c>
+      <c r="B222" s="4">
+        <v>269.89999999999998</v>
+      </c>
+      <c r="C222" s="4">
+        <v>21.7</v>
+      </c>
+      <c r="D222" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E222" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F222" s="75">
+        <v>5.2140000000000004</v>
+      </c>
+      <c r="G222" s="75"/>
+      <c r="H222" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I222" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="16">
+        <v>222</v>
+      </c>
+      <c r="B223" s="4">
+        <v>269.89999999999998</v>
+      </c>
+      <c r="C223" s="4">
+        <v>21.7</v>
+      </c>
+      <c r="D223" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E223" s="16"/>
+      <c r="F223" s="75">
+        <v>1.36</v>
+      </c>
+      <c r="G223" s="75"/>
+      <c r="H223" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I223" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="16">
+        <v>223</v>
+      </c>
+      <c r="B224" s="7">
+        <v>245</v>
+      </c>
+      <c r="C224" s="7">
+        <v>8.9</v>
+      </c>
+      <c r="D224" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F224" s="75">
+        <v>1.823</v>
+      </c>
+      <c r="G224" s="75"/>
+      <c r="H224" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I224" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="225" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="16">
+        <v>224</v>
+      </c>
+      <c r="B225" s="9">
+        <v>270.60000000000002</v>
+      </c>
+      <c r="C225" s="9">
+        <v>22</v>
+      </c>
+      <c r="D225" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="E225" s="16"/>
+      <c r="F225" s="75">
+        <v>96.561999999999998</v>
+      </c>
+      <c r="G225" s="75"/>
+      <c r="H225" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I225" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="16">
+        <v>225</v>
+      </c>
+      <c r="B226" s="9">
+        <v>270.60000000000002</v>
+      </c>
+      <c r="C226" s="9">
+        <v>22</v>
+      </c>
+      <c r="D226" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" s="16"/>
+      <c r="F226" s="75">
+        <v>4.75</v>
+      </c>
+      <c r="G226" s="75"/>
+      <c r="H226" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I226" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="227" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="16">
+        <v>226</v>
+      </c>
+      <c r="B227" s="24">
+        <v>273</v>
+      </c>
+      <c r="C227" s="24">
+        <v>18</v>
+      </c>
+      <c r="D227" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="16"/>
+      <c r="F227" s="77">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="G227" s="77"/>
+      <c r="H227" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I227" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="228" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="16">
+        <v>227</v>
+      </c>
+      <c r="B228" s="24">
+        <v>273</v>
+      </c>
+      <c r="C228" s="24">
+        <v>27</v>
+      </c>
+      <c r="D228" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="16"/>
+      <c r="F228" s="77">
+        <v>3.2490000000000001</v>
+      </c>
+      <c r="G228" s="77"/>
+      <c r="H228" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I228" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="229" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="16">
+        <v>228</v>
+      </c>
+      <c r="B229" s="24">
+        <v>273</v>
+      </c>
+      <c r="C229" s="24">
+        <v>30</v>
+      </c>
+      <c r="D229" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" s="16"/>
+      <c r="F229" s="77">
+        <v>4.1790000000000003</v>
+      </c>
+      <c r="G229" s="77"/>
+      <c r="H229" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I229" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="16">
+        <v>229</v>
+      </c>
+      <c r="B230" s="24">
+        <v>324</v>
+      </c>
+      <c r="C230" s="24">
+        <v>9.5</v>
+      </c>
+      <c r="D230" s="25" t="s">
+        <v>7</v>
+      </c>
+      <c r="E230" s="16"/>
+      <c r="F230" s="77">
+        <v>3.59</v>
+      </c>
+      <c r="G230" s="77"/>
+      <c r="H230" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I230" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="16">
+        <v>230</v>
+      </c>
+      <c r="B231" s="18">
+        <v>325</v>
+      </c>
+      <c r="C231" s="18">
+        <v>38</v>
+      </c>
+      <c r="D231" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="E231" s="16"/>
+      <c r="F231" s="73">
+        <v>1.196</v>
+      </c>
+      <c r="G231" s="73"/>
+      <c r="H231" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I231" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="16">
+        <v>231</v>
+      </c>
+      <c r="B232" s="18">
+        <v>351</v>
+      </c>
+      <c r="C232" s="18">
+        <v>20</v>
+      </c>
+      <c r="D232" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="E232" s="16"/>
+      <c r="F232" s="73">
+        <v>1.1299999999999999</v>
+      </c>
+      <c r="G232" s="73"/>
+      <c r="H232" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I232" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="233" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="16">
+        <v>232</v>
+      </c>
+      <c r="B233" s="18">
+        <v>351</v>
+      </c>
+      <c r="C233" s="18">
+        <v>25</v>
+      </c>
+      <c r="D233" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="E233" s="16"/>
+      <c r="F233" s="73">
+        <v>1.2350000000000001</v>
+      </c>
+      <c r="G233" s="73"/>
+      <c r="H233" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I233" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="16">
+        <v>233</v>
+      </c>
+      <c r="B234" s="18">
+        <v>426</v>
+      </c>
+      <c r="C234" s="18">
+        <v>11</v>
+      </c>
+      <c r="D234" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E234" s="16"/>
+      <c r="F234" s="73">
+        <v>0.71199999999999997</v>
+      </c>
+      <c r="G234" s="73"/>
+      <c r="H234" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I234" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="16">
+        <v>234</v>
+      </c>
+      <c r="B235" s="18">
+        <v>465</v>
+      </c>
+      <c r="C235" s="18">
+        <v>28</v>
+      </c>
+      <c r="D235" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="E235" s="16"/>
+      <c r="F235" s="73">
+        <v>2.1</v>
+      </c>
+      <c r="G235" s="73"/>
+      <c r="H235" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="I235" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="10"/>
+      <c r="B236" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="C236" s="11"/>
+      <c r="D236" s="14"/>
+      <c r="E236" s="10"/>
+      <c r="F236" s="81">
+        <f>SUM(F2:G235)</f>
+        <v>913.52200000000016</v>
+      </c>
+      <c r="G236" s="81"/>
+      <c r="H236" s="12"/>
+      <c r="I236" s="13" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A237" s="1"/>
+      <c r="B237" s="1"/>
+      <c r="C237" s="1"/>
+      <c r="D237" s="32"/>
+      <c r="E237" s="1"/>
+      <c r="F237" s="1"/>
+      <c r="G237" s="1"/>
+      <c r="H237" s="1"/>
+      <c r="I237" s="1"/>
+    </row>
+    <row r="238" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A238" s="1"/>
+      <c r="B238" s="1"/>
+      <c r="C238" s="1"/>
+      <c r="D238" s="32"/>
+      <c r="E238" s="1"/>
+      <c r="F238" s="1"/>
+      <c r="G238" s="1"/>
+      <c r="H238" s="1"/>
+      <c r="I238" s="1"/>
+    </row>
+    <row r="239" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A239" s="1"/>
+      <c r="B239" s="1"/>
+      <c r="C239" s="1"/>
+      <c r="D239" s="32"/>
+      <c r="E239" s="1"/>
+      <c r="F239" s="1"/>
+      <c r="G239" s="1"/>
+      <c r="H239" s="1"/>
+      <c r="I239" s="1"/>
+    </row>
+    <row r="240" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A240" s="1"/>
+      <c r="B240" s="1"/>
+      <c r="C240" s="1"/>
+      <c r="D240" s="32"/>
+      <c r="E240" s="1"/>
+      <c r="F240" s="1"/>
+      <c r="G240" s="1"/>
+      <c r="H240" s="1"/>
+      <c r="I240" s="1"/>
+    </row>
+    <row r="241" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A241" s="1"/>
+      <c r="B241" s="1"/>
+      <c r="C241" s="1"/>
+      <c r="D241" s="32"/>
+      <c r="E241" s="1"/>
+      <c r="F241" s="1"/>
+      <c r="G241" s="1"/>
+      <c r="H241" s="1"/>
+      <c r="I241" s="1"/>
+    </row>
+    <row r="242" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A242" s="1"/>
+      <c r="B242" s="1"/>
+      <c r="C242" s="1"/>
+      <c r="D242" s="32"/>
+      <c r="E242" s="1"/>
+      <c r="F242" s="1"/>
+      <c r="G242" s="1"/>
+      <c r="H242" s="1"/>
+      <c r="I242" s="1"/>
+    </row>
+    <row r="243" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A243" s="1"/>
+      <c r="B243" s="1"/>
+      <c r="C243" s="1"/>
+      <c r="D243" s="32"/>
+      <c r="E243" s="1"/>
+      <c r="F243" s="1"/>
+      <c r="G243" s="1"/>
+      <c r="H243" s="1"/>
+      <c r="I243" s="1"/>
+    </row>
+    <row r="244" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A244" s="1"/>
+      <c r="B244" s="1"/>
+      <c r="C244" s="1"/>
+      <c r="D244" s="32"/>
+      <c r="E244" s="1"/>
+      <c r="F244" s="1"/>
+      <c r="G244" s="1"/>
+      <c r="H244" s="1"/>
+      <c r="I244" s="1"/>
+    </row>
+    <row r="245" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A245" s="1"/>
+      <c r="B245" s="1"/>
+      <c r="C245" s="1"/>
+      <c r="D245" s="32"/>
+      <c r="E245" s="1"/>
+      <c r="F245" s="1"/>
+      <c r="G245" s="1"/>
+      <c r="H245" s="1"/>
+      <c r="I245" s="1"/>
+    </row>
+    <row r="246" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A246" s="1"/>
+      <c r="B246" s="1"/>
+      <c r="C246" s="1"/>
+      <c r="D246" s="32"/>
+      <c r="E246" s="1"/>
+      <c r="F246" s="1"/>
+      <c r="G246" s="1"/>
+      <c r="H246" s="1"/>
+      <c r="I246" s="1"/>
+    </row>
+    <row r="247" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A247" s="1"/>
+      <c r="B247" s="1"/>
+      <c r="C247" s="1"/>
+      <c r="D247" s="32"/>
+      <c r="E247" s="1"/>
+      <c r="F247" s="1"/>
+      <c r="G247" s="1"/>
+      <c r="H247" s="1"/>
+      <c r="I247" s="1"/>
+    </row>
+    <row r="248" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A248" s="1"/>
+      <c r="B248" s="1"/>
+      <c r="C248" s="1"/>
+      <c r="D248" s="32"/>
+      <c r="E248" s="1"/>
+      <c r="F248" s="1"/>
+      <c r="G248" s="1"/>
+      <c r="H248" s="1"/>
+      <c r="I248" s="1"/>
+    </row>
+  </sheetData>
+  <mergeCells count="236">
+    <mergeCell ref="F219:G219"/>
+    <mergeCell ref="F220:G220"/>
+    <mergeCell ref="F221:G221"/>
+    <mergeCell ref="F209:G209"/>
+    <mergeCell ref="F210:G210"/>
+    <mergeCell ref="F66:G66"/>
+    <mergeCell ref="F101:G101"/>
+    <mergeCell ref="F185:G185"/>
+    <mergeCell ref="F196:G196"/>
+    <mergeCell ref="F198:G198"/>
+    <mergeCell ref="F201:G201"/>
+    <mergeCell ref="F202:G202"/>
+    <mergeCell ref="F99:G99"/>
+    <mergeCell ref="F100:G100"/>
+    <mergeCell ref="F128:G128"/>
+    <mergeCell ref="F157:G157"/>
+    <mergeCell ref="F158:G158"/>
+    <mergeCell ref="F195:G195"/>
+    <mergeCell ref="F218:G218"/>
+    <mergeCell ref="F215:G215"/>
+    <mergeCell ref="F216:G216"/>
+    <mergeCell ref="F217:G217"/>
+    <mergeCell ref="F204:G204"/>
+    <mergeCell ref="F205:G205"/>
+    <mergeCell ref="F235:G235"/>
+    <mergeCell ref="F236:G236"/>
+    <mergeCell ref="F228:G228"/>
+    <mergeCell ref="F229:G229"/>
+    <mergeCell ref="F231:G231"/>
+    <mergeCell ref="F232:G232"/>
+    <mergeCell ref="F233:G233"/>
+    <mergeCell ref="F234:G234"/>
+    <mergeCell ref="F222:G222"/>
+    <mergeCell ref="F223:G223"/>
+    <mergeCell ref="F224:G224"/>
+    <mergeCell ref="F225:G225"/>
+    <mergeCell ref="F226:G226"/>
+    <mergeCell ref="F227:G227"/>
+    <mergeCell ref="F230:G230"/>
+    <mergeCell ref="F211:G211"/>
+    <mergeCell ref="F212:G212"/>
+    <mergeCell ref="F213:G213"/>
+    <mergeCell ref="F214:G214"/>
+    <mergeCell ref="F190:G190"/>
+    <mergeCell ref="F191:G191"/>
+    <mergeCell ref="F192:G192"/>
+    <mergeCell ref="F193:G193"/>
+    <mergeCell ref="F183:G183"/>
+    <mergeCell ref="F184:G184"/>
+    <mergeCell ref="F186:G186"/>
+    <mergeCell ref="F187:G187"/>
+    <mergeCell ref="F188:G188"/>
+    <mergeCell ref="F197:G197"/>
+    <mergeCell ref="F199:G199"/>
+    <mergeCell ref="F200:G200"/>
+    <mergeCell ref="F203:G203"/>
+    <mergeCell ref="F189:G189"/>
+    <mergeCell ref="F206:G206"/>
+    <mergeCell ref="F207:G207"/>
+    <mergeCell ref="F208:G208"/>
+    <mergeCell ref="F194:G194"/>
+    <mergeCell ref="F180:G180"/>
+    <mergeCell ref="F181:G181"/>
+    <mergeCell ref="F182:G182"/>
+    <mergeCell ref="F174:G174"/>
+    <mergeCell ref="F175:G175"/>
+    <mergeCell ref="F176:G176"/>
+    <mergeCell ref="F177:G177"/>
+    <mergeCell ref="F178:G178"/>
+    <mergeCell ref="F179:G179"/>
+    <mergeCell ref="F168:G168"/>
+    <mergeCell ref="F169:G169"/>
+    <mergeCell ref="F170:G170"/>
+    <mergeCell ref="F171:G171"/>
+    <mergeCell ref="F172:G172"/>
+    <mergeCell ref="F173:G173"/>
+    <mergeCell ref="F162:G162"/>
+    <mergeCell ref="F163:G163"/>
+    <mergeCell ref="F164:G164"/>
+    <mergeCell ref="F165:G165"/>
+    <mergeCell ref="F166:G166"/>
+    <mergeCell ref="F167:G167"/>
+    <mergeCell ref="F155:G155"/>
+    <mergeCell ref="F156:G156"/>
+    <mergeCell ref="F159:G159"/>
+    <mergeCell ref="F160:G160"/>
+    <mergeCell ref="F161:G161"/>
+    <mergeCell ref="F149:G149"/>
+    <mergeCell ref="F150:G150"/>
+    <mergeCell ref="F151:G151"/>
+    <mergeCell ref="F152:G152"/>
+    <mergeCell ref="F153:G153"/>
+    <mergeCell ref="F154:G154"/>
+    <mergeCell ref="F143:G143"/>
+    <mergeCell ref="F144:G144"/>
+    <mergeCell ref="F145:G145"/>
+    <mergeCell ref="F146:G146"/>
+    <mergeCell ref="F147:G147"/>
+    <mergeCell ref="F148:G148"/>
+    <mergeCell ref="F137:G137"/>
+    <mergeCell ref="F138:G138"/>
+    <mergeCell ref="F139:G139"/>
+    <mergeCell ref="F140:G140"/>
+    <mergeCell ref="F141:G141"/>
+    <mergeCell ref="F142:G142"/>
+    <mergeCell ref="F132:G132"/>
+    <mergeCell ref="F133:G133"/>
+    <mergeCell ref="F134:G134"/>
+    <mergeCell ref="F135:G135"/>
+    <mergeCell ref="F136:G136"/>
+    <mergeCell ref="F125:G125"/>
+    <mergeCell ref="F126:G126"/>
+    <mergeCell ref="F127:G127"/>
+    <mergeCell ref="F129:G129"/>
+    <mergeCell ref="F130:G130"/>
+    <mergeCell ref="F131:G131"/>
+    <mergeCell ref="F119:G119"/>
+    <mergeCell ref="F120:G120"/>
+    <mergeCell ref="F121:G121"/>
+    <mergeCell ref="F122:G122"/>
+    <mergeCell ref="F123:G123"/>
+    <mergeCell ref="F124:G124"/>
+    <mergeCell ref="F113:G113"/>
+    <mergeCell ref="F114:G114"/>
+    <mergeCell ref="F115:G115"/>
+    <mergeCell ref="F116:G116"/>
+    <mergeCell ref="F117:G117"/>
+    <mergeCell ref="F118:G118"/>
+    <mergeCell ref="F107:G107"/>
+    <mergeCell ref="F108:G108"/>
+    <mergeCell ref="F109:G109"/>
+    <mergeCell ref="F110:G110"/>
+    <mergeCell ref="F111:G111"/>
+    <mergeCell ref="F112:G112"/>
+    <mergeCell ref="F102:G102"/>
+    <mergeCell ref="F103:G103"/>
+    <mergeCell ref="F104:G104"/>
+    <mergeCell ref="F105:G105"/>
+    <mergeCell ref="F106:G106"/>
+    <mergeCell ref="F94:G94"/>
+    <mergeCell ref="F95:G95"/>
+    <mergeCell ref="F96:G96"/>
+    <mergeCell ref="F97:G97"/>
+    <mergeCell ref="F98:G98"/>
+    <mergeCell ref="F90:G90"/>
+    <mergeCell ref="F91:G91"/>
+    <mergeCell ref="F92:G92"/>
+    <mergeCell ref="F93:G93"/>
+    <mergeCell ref="F84:G84"/>
+    <mergeCell ref="F85:G85"/>
+    <mergeCell ref="F86:G86"/>
+    <mergeCell ref="F87:G87"/>
+    <mergeCell ref="F88:G88"/>
+    <mergeCell ref="F89:G89"/>
+    <mergeCell ref="F78:G78"/>
+    <mergeCell ref="F79:G79"/>
+    <mergeCell ref="F80:G80"/>
+    <mergeCell ref="F81:G81"/>
+    <mergeCell ref="F82:G82"/>
+    <mergeCell ref="F83:G83"/>
+    <mergeCell ref="F72:G72"/>
+    <mergeCell ref="F73:G73"/>
+    <mergeCell ref="F74:G74"/>
+    <mergeCell ref="F75:G75"/>
+    <mergeCell ref="F76:G76"/>
+    <mergeCell ref="F77:G77"/>
+    <mergeCell ref="F67:G67"/>
+    <mergeCell ref="F68:G68"/>
+    <mergeCell ref="F69:G69"/>
+    <mergeCell ref="F70:G70"/>
+    <mergeCell ref="F71:G71"/>
+    <mergeCell ref="F61:G61"/>
+    <mergeCell ref="F62:G62"/>
+    <mergeCell ref="F63:G63"/>
+    <mergeCell ref="F64:G64"/>
+    <mergeCell ref="F65:G65"/>
+    <mergeCell ref="F55:G55"/>
+    <mergeCell ref="F56:G56"/>
+    <mergeCell ref="F57:G57"/>
+    <mergeCell ref="F58:G58"/>
+    <mergeCell ref="F59:G59"/>
+    <mergeCell ref="F60:G60"/>
+    <mergeCell ref="F49:G49"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="F51:G51"/>
+    <mergeCell ref="F52:G52"/>
+    <mergeCell ref="F53:G53"/>
+    <mergeCell ref="F54:G54"/>
+    <mergeCell ref="F43:G43"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="F45:G45"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="F48:G48"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="F42:G42"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="F1:G1"/>
+    <mergeCell ref="F2:G2"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="F15:G15"/>
+  </mergeCells>
+  <phoneticPr fontId="2" type="noConversion"/>
+  <pageMargins left="0.51181102362204722" right="0.11811023622047245" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="68" fitToHeight="4" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>по диаметру</vt:lpstr>
-      <vt:lpstr>Лист3</vt:lpstr>
+      <vt:lpstr>633-80 - 632-80</vt:lpstr>
+      <vt:lpstr>31446-2017</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="WorkbookGuid">
+    <vt:lpwstr>fd5b2c12-7881-4efd-86d5-2fb65e7f2359</vt:lpwstr>
+  </property>
+</Properties>
+</file>